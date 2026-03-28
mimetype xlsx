--- v0 (2025-12-26)
+++ v1 (2026-03-28)
@@ -54,8583 +54,8583 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4791</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>Ata</t>
   </si>
   <si>
     <t>Ata Sessões</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4791/4791_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4791/4791_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">ATA N.º 1 &amp;#8211; SESSÂO EXTRAORDINÁRIA - DIA 2 DE FEVEREIRO DE 2016._x000D_
 </t>
   </si>
   <si>
     <t>4792</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4792/4792_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4792/4792_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">ATA Nº. 2/2016 SESSÃO ORDINÁRIA &amp;#8211; DIA 4 DE FEVEREIRO DE 2016. </t>
   </si>
   <si>
     <t>4793</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4793/4793_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4793/4793_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">ATA Nº. 3/2016 SESSÃO ORDINÁRIA &amp;#8211; DIA 15 DE FEVEREIRO DE 2016. </t>
   </si>
   <si>
     <t>4794</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4794/4794_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4794/4794_texto_integral.docx</t>
   </si>
   <si>
     <t>ATA Nº. 4/2016 SESSÃO ORDINÁRIA &amp;#8211; DIA 22 DE FEVEREIRO DE 2016.</t>
   </si>
   <si>
     <t>4795</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4795/4795_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4795/4795_texto_integral.docx</t>
   </si>
   <si>
     <t>ATA Nº. 5/2016 SESSÃO ORDINÁRIA &amp;#8211; DIA 29 DE FEVEREIRO DE 2016.</t>
   </si>
   <si>
     <t>4796</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4796/4796_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4796/4796_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">ATA Nº. 6/2016 SESSÃO ORDINÁRIA &amp;#8211; DIA 7 DE MARÇO DE 2016. </t>
   </si>
   <si>
     <t>4797</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4797/4797_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4797/4797_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">ATA Nº. 7/2016 SESSÃO ORDINÁRIA &amp;#8211; DIA 14 DE MARÇO DE 2016. </t>
   </si>
   <si>
     <t>4798</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4798/4798_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4798/4798_texto_integral.docx</t>
   </si>
   <si>
     <t>ATA Nº. 8/2016 SESSÃO ORDINÁRIA &amp;#8211; DIA 21 DE MARÇO DE 2016.</t>
   </si>
   <si>
     <t>4799</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4799/4799_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4799/4799_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">ATA Nº. 9/2016 SESSÃO ORDINÁRIA &amp;#8211; DIA 28 DE MARÇO DE 2016. </t>
   </si>
   <si>
     <t>4800</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4800/4800_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4800/4800_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">ATA Nº. 10/2016 SESSÃO ORDINÁRIA &amp;#8211; DIA 4 DE ABRIL DE 2016. </t>
   </si>
   <si>
     <t>4801</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4801/4801_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4801/4801_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">ATA Nº. 11/2016 SESSÃO ORDINÁRIA &amp;#8211; DIA 11 DE ABRIL DE 2016. </t>
   </si>
   <si>
     <t>4802</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4802/4802_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4802/4802_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">ATA Nº. 12/2016 SESSÃO ORDINÁRIA &amp;#8211; DIA 18 DE ABRIL DE 2016. </t>
   </si>
   <si>
     <t>4803</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4803/4803_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4803/4803_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">ATA Nº. 13/2016 SESSÃO ORDINÁRIA &amp;#8211; DIA 25 DE ABRIL DE 2016. </t>
   </si>
   <si>
     <t>4804</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4804/4804_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4804/4804_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">ATA Nº. 14/2016 SESSÃO ORDINÁRIA &amp;#8211; DIA 2 DE MAIO DE 2016. </t>
   </si>
   <si>
     <t>4805</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4805/4805_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4805/4805_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">ATA Nº. 15/2016 SESSÃO ORDINÁRIA &amp;#8211; DIA 9 DE MAIO DE 2016. </t>
   </si>
   <si>
     <t>4806</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4806/4806_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4806/4806_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">ATA Nº. 16/2016 SESSÃO ORDINÁRIA &amp;#8211; DIA 16 DE MAIO DE 2016. </t>
   </si>
   <si>
     <t>4816</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4816/4816_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4816/4816_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">ATA Nº. 17/2016 SESSÃO ORDINÁRIA &amp;#8211; DIA 23 DE MAIO DE 2016. </t>
   </si>
   <si>
     <t>4807</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4807/4807_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4807/4807_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">ATA Nº. 18/2016 SESSÃO ORDINÁRIA &amp;#8211; DIA 30 DE MAIO DE 2016. </t>
   </si>
   <si>
     <t>4808</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4808/4808_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4808/4808_texto_integral.docx</t>
   </si>
   <si>
     <t>ATA Nº. 19/2016 SESSÃO ORDINÁRIA &amp;#8211; DIA 06 DE JUNHO DE 2016.</t>
   </si>
   <si>
     <t>4809</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4809/4809_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4809/4809_texto_integral.docx</t>
   </si>
   <si>
     <t>ATA Nº. 20/2016 SESSÃO ORDINÁRIA &amp;#8211; DIA 13 DE JUNHO DE 2016.</t>
   </si>
   <si>
     <t>4810</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4810/4810_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4810/4810_texto_integral.docx</t>
   </si>
   <si>
     <t>ATA Nº. 21/2016 SESSÃO ORDINÁRIA &amp;#8211; DIA 20 DE JUNHO DE 2016.</t>
   </si>
   <si>
     <t>4811</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4811/4811_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4811/4811_texto_integral.docx</t>
   </si>
   <si>
     <t>ATA Nº. 22/2016 SESSÃO ORDINÁRIA &amp;#8211; DIA 27 DE JUNHO DE 2016.</t>
   </si>
   <si>
     <t>4812</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4812/4812_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4812/4812_texto_integral.docx</t>
   </si>
   <si>
     <t>ATA Nº. 23/2016 SESSÃO ORDINÁRIA &amp;#8211; DIA 4 DE JULHO DE 2016.</t>
   </si>
   <si>
     <t>4813</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4813/4813_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4813/4813_texto_integral.docx</t>
   </si>
   <si>
     <t>ATA Nº. 24/2016 SESSÃO ORDINÁRIA &amp;#8211; DIA 11 DE JULHO DE 2016.</t>
   </si>
   <si>
     <t>4814</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4814/4814_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4814/4814_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">ATA Nº. 25/2016 SESSÃO ORDINÁRIA &amp;#8211; DIA 8 DE AGOSTO DE 2016. </t>
   </si>
   <si>
     <t>4815</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4815/4815_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4815/4815_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">ATA Nº. 26/2016 SESSÃO ORDINÁRIA &amp;#8211; DIA 15 DE AGOSTO DE 2016. </t>
   </si>
   <si>
     <t>4355</t>
   </si>
   <si>
     <t>EME</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>Vilmar da Silva Santos</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4355/4355_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4355/4355_texto_integral.docx</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 01 AO PROJETO DE LEI Nº 56 - SUBSTITUTIVO, DE 11 DE DEZEMBRO DE 2015.</t>
   </si>
   <si>
     <t>4356</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4356/4356_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4356/4356_texto_integral.docx</t>
   </si>
   <si>
     <t>EMENDA ADITIVA Nº 01 AO PROJETO DE LEI Nº 56 - SUBSTITUTIVO, DE 11 DE DEZEMBRO DE 2015.</t>
   </si>
   <si>
     <t>4337</t>
   </si>
   <si>
     <t>Roberto Mauro Grulke</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4337/4337_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4337/4337_texto_integral.docx</t>
   </si>
   <si>
     <t>ART. 1° FICA ALTERADA A ESPÉCIE LEGISLATIVA DO PROJETO DE LEI LEGISLATIVO N° 16, DE 21 DE DEZEMBRO DE 2015, PASSANDO A SER PROJETO DE DECRETO LEGISLATIVO.</t>
   </si>
   <si>
     <t>4357</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4357/4357_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4357/4357_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">EMENDA MODIFICATIVA Nº 01 AO PROJETO DE LEI LEGISLATIVO N°. 03, DE 15 DE FEVEREIRO DE 2016, ART. 1º O ART. 1° DO PROJETO DE LEI N°. 03, DE 15 DE FEVEREIRO DE 2016, PASSARÁ A TER A SEGUINTE REDAÇÃO:ART. 1° FICA ALTERADO O ARTIGO 17 DA SEÇÃO II DO CAPÍTULO V DA LEI N°. 3.207, DE 30 DE MARÇO DE 2012, QUE PASSA A VIGORAR COM A SEGUINTE REDAÇÃO:ART. 17 AS PROMOÇÕES SERÃO REALIZADAS MENSALMENTE, PARÁGRAFO ÚNICO. O SERVIDOR FARÁ JUS A PROMOÇÃO DE QUE TRATA ESTE ARTIGO A PARTIR DO MÊS SUBSEQÜENTE AO QUE ADQUIRIR O DIREITO, DE FORMA AUTOMÁTICA. _x000D_
 </t>
   </si>
   <si>
     <t>4358</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4358/4358_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4358/4358_texto_integral.docx</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 01 AO PROJETO DE LEI Nº 12, DE 11 DE MARÇO DE 2016.</t>
   </si>
   <si>
     <t>4453</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4453/4453_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4453/4453_texto_integral.docx</t>
   </si>
   <si>
     <t>EMENDA ADITIVA Nº 01 AO PROJETO DE LEI Nº 62, DE 27 DE NOVEMBRO DE 2015.</t>
   </si>
   <si>
     <t>4458</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4458/4458_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4458/4458_texto_integral.docx</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 01 AO PROJETO DE LEI Nº 62, DE 27 DE NOVEMBRO DE 2015.</t>
   </si>
   <si>
     <t>4455</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4455/4455_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4455/4455_texto_integral.docx</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 02 AO PROJETO DE LEI Nº 62, DE 27 DE NOVEMBRO DE 2015.</t>
   </si>
   <si>
     <t>4459</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4459/4459_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4459/4459_texto_integral.docx</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 03 AO PROJETO DE LEI Nº 62, DE 27 DE NOVEMBRO DE 2015.</t>
   </si>
   <si>
     <t>4456</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4456/4456_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4456/4456_texto_integral.docx</t>
   </si>
   <si>
     <t>4483</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4483/4483_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4483/4483_texto_integral.doc</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 1 AO PROJETO DE LEI Nº 29/2016, DE 20 DE ABRIL DE 2016.</t>
   </si>
   <si>
     <t>4512</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4512/4512_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4512/4512_texto_integral.docx</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº. 01 AO PROJETO DE LEI ORDINÁRIA Nº 31, DE 20 DE ABRIL DE 2016.</t>
   </si>
   <si>
     <t>4552</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4552/4552_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4552/4552_texto_integral.docx</t>
   </si>
   <si>
     <t>4553</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4553/4553_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4553/4553_texto_integral.docx</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº. 01 AO PROJETO DE LEI ORDINÁRIA Nº 30, DE 20 DE ABRIL DE 2016.</t>
   </si>
   <si>
     <t>4572</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4572/4572_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4572/4572_texto_integral.docx</t>
   </si>
   <si>
     <t>EMENDA SUBSTITUTIVA Nº 02 AO PROJETO DE LEI Nº 62, DE 27 DE NOVEMBRO DE 2015.</t>
   </si>
   <si>
     <t>4606</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4606/4606_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4606/4606_texto_integral.docx</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº. 01 AO PROJETO DE LEI ORDINÁRIA Nº 41, DE 20 DE MAIO DE 2016.</t>
   </si>
   <si>
     <t>4607</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4607/4607_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4607/4607_texto_integral.docx</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº. 01 AO PROJETO DE LEI ORDINÁRIA Nº 40, DE 20 DE MAIO DE 2016.</t>
   </si>
   <si>
     <t>4608</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4608/4608_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4608/4608_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">EMENDA MODIFICATIVA Nº. 01 AO PROJETO DE LEI ORDINÁRIA Nº 36, DE 10 DE MAIO DE 2016._x000D_
 </t>
   </si>
   <si>
     <t>4632</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4632/4632_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4632/4632_texto_integral.docx</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº. 01 AO PROJETO DE LEI ORDINÁRIA Nº 37, DE 20 DE MAIO DE 2016.</t>
   </si>
   <si>
     <t>4634</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4634/4634_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4634/4634_texto_integral.docx</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº. 01 AO PROJETO DE LEI ORDINÁRIA Nº 38, DE 20 DE MAIO DE 2016.</t>
   </si>
   <si>
     <t>4667</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4667/4667_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4667/4667_texto_integral.docx</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº. 01 AO PROJETO DE LEI ORDINÁRIA Nº 44, DE 03 DE JUNHO DE 2016.</t>
   </si>
   <si>
     <t>4687</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4687/4687_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4687/4687_texto_integral.docx</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº. 01 AO PROJETO DE LEI ORDINÁRIA Nº 39, DE 20 DE MAIO DE 2016.</t>
   </si>
   <si>
     <t>4718</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4718/4718_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4718/4718_texto_integral.docx</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº. 01 AO PROJETO DE LEI ORDINÁRIA Nº 50, DE 24 DE JUNHO DE 2016.</t>
   </si>
   <si>
     <t>4719</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4719/4719_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4719/4719_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">EMENDA MODIFICATIVA Nº. 01 AO PROJETO DE LEI ORDINÁRIA Nº 42, DE 20 DE MAIO DE 2016._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4762</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4762/4762_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4762/4762_texto_integral.docx</t>
   </si>
   <si>
     <t>4817</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4817/4817_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4817/4817_texto_integral.docx</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº. 01 AO PROJETO DE LEI ORDINÁRIA Nº 62, DE 19 DE AGOSTO DE 2016.</t>
   </si>
   <si>
     <t>4819</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4819/4819_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4819/4819_texto_integral.docx</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº. 01 AO PROJETO DE LEI ORDINÁRIA Nº 47, DE 13 DE JUNHO DE 2016.</t>
   </si>
   <si>
     <t>4820</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4820/4820_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4820/4820_texto_integral.docx</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº. 01 AO PROJETO DE LEI ORDINÁRIA Nº 52, DE 22 DE JULHO DE 2016.</t>
   </si>
   <si>
     <t>4821</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4821/4821_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4821/4821_texto_integral.docx</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº. 01 AO PROJETO DE LEI ORDINÁRIA Nº 61, DE 19 DE AGOSTO DE 2016.</t>
   </si>
   <si>
     <t>4837</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4837/4837_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4837/4837_texto_integral.docx</t>
   </si>
   <si>
     <t>EMENDA INCLUSIVA Nº. 01 AO PROJETO DE LEI ORDINÁRIA Nº 56, DE 29 DE JULHO DE 2016.</t>
   </si>
   <si>
     <t>4838</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4838/4838_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4838/4838_texto_integral.docx</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº. 01 AO PROJETO DE LEI ORDINÁRIA Nº 56, DE 29 DE JULHO DE 2016.</t>
   </si>
   <si>
     <t>4839</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4839/4839_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4839/4839_texto_integral.docx</t>
   </si>
   <si>
     <t>EMENDA SUPRESSIVA Nº. 01 AO PROJETO DE LEI ORDINÁRIA Nº 56, DE 29 DE JULHO DE 2016.</t>
   </si>
   <si>
     <t>4855</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4855/4855_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4855/4855_texto_integral.docx</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº. 01 AO PROJETO DE LEI ORDINÁRIA Nº 63, DE 26 DE AGOSTO DE 2016.</t>
   </si>
   <si>
     <t>4856</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4856/4856_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4856/4856_texto_integral.docx</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº. 01 AO PROJETO DE LEI ORDINÁRIA Nº 64, DE 02 DE SETEMBRO DE 2016.</t>
   </si>
   <si>
     <t>4862</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4862/4862_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4862/4862_texto_integral.docx</t>
   </si>
   <si>
     <t>EMENDA SUPRESSIVA Nº. 01 AO PROJETO DE LEI ORDINÁRIA Nº 53, DE 22 DE JULHO DE 2016.</t>
   </si>
   <si>
     <t>4863</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4863/4863_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4863/4863_texto_integral.docx</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº. 01 AO PROJETO DE LEI ORDINÁRIA Nº 53, DE 22 DE JULHO DE 2016.</t>
   </si>
   <si>
     <t>4879</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4879/4879_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4879/4879_texto_integral.docx</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº. 01 AO PROJETO DE LEI ORDINÁRIA Nº 66, DE 02 DE SETEMBRO DE 2016.</t>
   </si>
   <si>
     <t>4880</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4880/4880_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4880/4880_texto_integral.docx</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº. 01 AO PROJETO DE LEI ORDINÁRIA Nº 51, DE 07 DE JULHO DE 2016.</t>
   </si>
   <si>
     <t>4885</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4885/4885_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4885/4885_texto_integral.docx</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº. 01 AO PROJETO DE LEI ORDINÁRIA Nº 71, DE 14 DE SETEMBRO DE 2016.</t>
   </si>
   <si>
     <t>4918</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4918/4918_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4918/4918_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">EMENDA MODIFICATIVA Nº. 01 AO PROJETO DE LEI ORDINÁRIA Nº 77, DE 30 DE SETEMBRO DE 2016._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4922</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4922/4922_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4922/4922_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">EMENDA MODIFICATIVA Nº. 01 AO PROJETO DE LEI ORDINÁRIA Nº 57, DE 05 DE AGOSTO DE 2016._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4932</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4932/4932_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4932/4932_texto_integral.docx</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº. 01 AO PROJETO DE LEI ORDINÁRIA Nº 82, DE 20 DE OUTUBRO DE 2016.</t>
   </si>
   <si>
     <t>4935</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4935/4935_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4935/4935_texto_integral.docx</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº. 01 AO PROJETO DE LEI ORDINÁRIA Nº 85, DE 27 DE OUTUBRO DE 2016.</t>
   </si>
   <si>
     <t>4953</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Marlene Bohrer</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4953/4953_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4953/4953_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">EMENDA MODIFICATIVA Nº. 02 AO PROJETO DE LEI ORDINÁRIA Nº 47, DE 31 DE OUTUBRO DE 2016._x000D_
 </t>
   </si>
   <si>
     <t>4975</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4975/4975_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4975/4975_texto_integral.docx</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº. 01 AO PROJETO DE LEI ORDINÁRIA Nº 86, DE 27 DE OUTUBRO DE 2016.</t>
   </si>
   <si>
     <t>5007</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5007/5007_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5007/5007_texto_integral.docx</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº. 01 AO PROJETO DE LEI ORDINÁRIA Nº 96, DE 11 DE NOVEMBRO DE 2016.</t>
   </si>
   <si>
     <t>5008</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5008/5008_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5008/5008_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">EMENDA MODIFICATIVA Nº. 01 AO PROJETO DE LEI ORDINÁRIA Nº 83, DE 26 DE OUTUBRO DE 2016._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5009</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5009/5009_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5009/5009_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">EMENDA INCLUSIVA Nº. 01 AO PROJETO DE LEI ORDINÁRIA Nº 83, DE 26 DE OUTUBRO DE 2016._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5020</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5020/5020_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5020/5020_texto_integral.docx</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº. 01 AO PROJETO DE LEI ORDINÁRIA Nº 109, DE 02 DE DEZEMBRO DE 2016.</t>
   </si>
   <si>
     <t>5032</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5032/5032_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5032/5032_texto_integral.docx</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº. 01 AO PROJETO DE LEI ORDINÁRIA Nº 97, DE 11 DE NOVEMBRO DE 2016.</t>
   </si>
   <si>
     <t>5033</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5033/5033_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5033/5033_texto_integral.docx</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº. 01 AO PROJETO DE LEI ORDINÁRIA Nº 107, DE 02 DE DEZEMBRO DE 2016.</t>
   </si>
   <si>
     <t>4313</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Luciano Melo</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4313/4313_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4313/4313_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO, ONDE SE SUGERE AO EXECUTIVO MUNICIPAL PARA QUE SEJA FEITO UMA PARCERIA COM EMPRESAS  PARA ADOÇÃO DE PRAÇAS, PARQUES E ÁREAS VERDES DO MUNICÍPIO DE CANELA CONFORME LEI MUNICIPAL Nº 1432.</t>
   </si>
   <si>
     <t>4252</t>
   </si>
   <si>
     <t>Alberi Dias</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4252/4252_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4252/4252_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO SOLICITANDO QUE O PODER EXECUTIVO ENTRE EM CONTATO COM O ÓRGÃO DE SEGURANÇA DO MUNICÍPIO E DO ESTADO, PARA QUE SE FAÇA UMA FORÇA TAREFA DE PATRULHAMENTO NOS BAIRROS DO NOSSO MUNICÍPIO, PROPORCIONANDO A ELES VEÍCULOS, E TAMBÉM POLICIAIS MILITARES FAZENDO RONDA A PÉ PERMANENTE NAS RUAS DOS BAIRROS.</t>
   </si>
   <si>
     <t>4251</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4251/4251_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4251/4251_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA COLOCADO ASFALTO EM TODA A EXTENSÃO DA RUA MARTINHO LUTERO, VILA LUIZA.</t>
   </si>
   <si>
     <t>4250</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4250/4250_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4250/4250_texto_integral.docx</t>
   </si>
   <si>
     <t>PROJETO DE LEI SUGESTÃO QUE O PROJETO DE LEI SUGESTÃO QUE "DISPÕE SOBRE O PROGRAMA DE APOIO AO ALUNO PORTADOR DE DISTÚRBIOS ESPECÍFICOS DE APRENDIZAGEM DIAGNOSTICADO COMO DISLEXIA, NO ÂMBITO DE CANELA, E DÁ OUTRAS PROVIDENCIAS".</t>
   </si>
   <si>
     <t>4249</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4249/4249_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4249/4249_texto_integral.docx</t>
   </si>
   <si>
     <t>PROJETO DE LEI SUGESTÃO QUE &amp;#8220;AUTORIZA O PODER EXECUTIVO A PROMOVER, ANUALMENTE, O SACOLÃO CANELENSE DE MATERIAL ESCOLAR.</t>
   </si>
   <si>
     <t>4248</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4248/4248_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4248/4248_texto_integral.docx</t>
   </si>
   <si>
     <t>DE LEI  SUGESTÃO QUE DISPÕE SOBRE &amp;#8220;A SEMANA DO FOLCLORE INTERNACIONAL NA CIDADE DE CANELA.</t>
   </si>
   <si>
     <t>4247</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4247/4247_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4247/4247_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO PARA QUE SEJA COLOCADO ASFALTO EM TODA A EXTENSÃO DA RUA RODOLFO SCHLIPER._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4246</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4246/4246_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4246/4246_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA COLOCADO MATERIAL COMPATÍVEL COM A VIA PÚBLICA DENOMINADA DE JOÃO DE DEUS PALHANO, BAIRRO ULISSES DE ABREU.</t>
   </si>
   <si>
     <t>4245</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4245/4245_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4245/4245_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO SOLICITANDO MELHORIAS EM GERAL NA ESCOLA CÔNEGO JOÃO MARCHESI.</t>
   </si>
   <si>
     <t>4244</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4244/4244_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4244/4244_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO SUGERINDO O PROJETO DE LEI SUGESTÃO QUE &amp;#8220;DISPÕE SOBRE A IMPLANTAÇÃO DO PROGRAMA S.O.S. RIOS E LAGOS DE CANELA.</t>
   </si>
   <si>
     <t>4255</t>
   </si>
   <si>
     <t>Gilberto Cezar</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4255/4255_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4255/4255_texto_integral.doc</t>
   </si>
   <si>
     <t>PARA QUE SEJA PROVIDENCIADO A COLOCAÇÃO DE PLACAS INFORMATIVAS ALERTANDO SOBRE A PROIBIÇÃO DE BANHO E PESCA NO PARQUE DO LAGO.</t>
   </si>
   <si>
     <t>4273</t>
   </si>
   <si>
     <t>Carlos Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4273/4273_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4273/4273_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE A PREFEITURA DETERMINE QUE SEJA PROIBIDO ESTACIONAMENTO EM TORNO DO PARQUE DO LAGO DAS 23H00MIN ATÉ AS 7HO0MIN.</t>
   </si>
   <si>
     <t>4269</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4269/4269_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4269/4269_texto_integral.docx</t>
   </si>
   <si>
     <t>A INDICAÇÃO QUE SEJA TERMINADO UMA REDE DE PASSAGEM DE ESGOTO QUE FOI INICIADA Á MUITO TEMPO E NÃO FOI CONCLUÍDO O SERVIÇO, ISTO LOCALIZADO NA RUA GODOFREDO RAYMUNDO, AUTOS DO NÚMERO 1305, SOLICITO MEDIDAS URGENTES POIS ESTA TRAZENDO TRANSTORNO PARA A COMUNIDADE LOCAL.</t>
   </si>
   <si>
     <t>4268</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4268/4268_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4268/4268_texto_integral.docx</t>
   </si>
   <si>
     <t>A INDICAÇÃO PARA QUE O EXECUTIVO FAÇA UMA RAMPA DE ACESSO HÁ CADEIRANTES DA CALÇADA PARA O ASFALTO NA ESCOLA JOÃO ALFREDO, POIS Á MESMA TEM ALUNOS PORTADORES DE DEFICIÊNCIA FÍSICA QUE FREQUENTAM A ESCOLA.</t>
   </si>
   <si>
     <t>4267</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4267/4267_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4267/4267_texto_integral.docx</t>
   </si>
   <si>
     <t>O PROJETO DE LEI SUGESTÃO QUE &amp;#8220;CRIA INCENTIVO AO APROVEITAMENTO DA ENERGIA SOLAR.</t>
   </si>
   <si>
     <t>4266</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4266/4266_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4266/4266_texto_integral.docx</t>
   </si>
   <si>
     <t>A INDICAÇÃO PARA QUE OCORRA A CAMPANHA DO &amp;#8220;DISC 181&amp;#8221; NOS BAIRROS DE NOSSA CIDADE E TAMBÉM QUE SEJAM COLOCADAS PLACAS ANUNCIANDO O NÚMERO PARA QUE OCORRA AS DENUNCIAS.</t>
   </si>
   <si>
     <t>4265</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4265/4265_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4265/4265_texto_integral.docx</t>
   </si>
   <si>
     <t>O PROJETO DE LEI SUGESTÃO QUE &amp;#8220;CRIA O PROGRAMA ANTIDROGAS E DÁ OUTRAS PROVIDÊNCIAS DENTRO DO MUNICÍPIO DE CANELA.</t>
   </si>
   <si>
     <t>4264</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4264/4264_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4264/4264_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">O PROJETO DE LEI SUGESTÃO QUE &amp;#8220; INSTITUI CALÇADA LIMPA", E DÁ OUTRAS PROVIDÊNCIAS NO MUNICÍPIO DE CANELA", COMO CONSTA NA PROPOSTA EM ANEXO.  </t>
   </si>
   <si>
     <t>4263</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4263/4263_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4263/4263_texto_integral.docx</t>
   </si>
   <si>
     <t>A INDICAÇÃO PARA QUE A PREFEITURA MUNICIPAL DE CANELA FAÇA DE FORMA GRATUITA O CAR (CADASTRO DE PRODUTOR RURAL), DE FORMA QUE ESTE CADASTRO É OBRIGATÓRIO.</t>
   </si>
   <si>
     <t>4262</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4262/4262_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4262/4262_texto_integral.docx</t>
   </si>
   <si>
     <t>A INDICAÇÃO SUGERINDO QUE FAÇA UM ESTUDO DE IMPLANTAÇÃO DA PROPOSTA DE LEI, QUE DISPÕE SOBRE O CONTROLE DO DESPERDÍCIO DE ÁGUA POTÁVEL DISTRIBUÍDA PARA USO.</t>
   </si>
   <si>
     <t>4261</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4261/4261_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4261/4261_texto_integral.docx</t>
   </si>
   <si>
     <t>A INDICAÇÃO PARA QUE A PREFEITURA MUNICIPAL DE CANELA ENTRE CONTATO COM A EMPRESA CORSAN E NOTIFIQUE QUE HÁ UM GRANDE VAZAMENTO DE ÁGUA NA AVENIDA ROMA E QUE SEJA FEITO O REPARO O QUANTO ANTES, POIS JÁ ESTÁ CRIANDO BURACOS NO ASFALTO.</t>
   </si>
   <si>
     <t>4280</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4280/4280_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4280/4280_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE A SECRETARIA DE EDUCAÇÃO DE CANELA FAÇA UM CADASTRO ATUALIZADO DOS ALUNOS QUE POSSUEM DEFICIÊNCIA FÍSICA PARA O TRANSPORTE DOS MESMOS.</t>
   </si>
   <si>
     <t>4281</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4281/4281_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4281/4281_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA REALOCADOS OS POSTES QUE ESTÃO INSTALADOS EM CIMA DA CALÇADA DA RUA PINHEIRO MACHADO, BAIRRO CANELINHA.</t>
   </si>
   <si>
     <t>4282</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4282/4282_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4282/4282_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE HAJA MELHORIAS REFORMAS E LIMPEZA DO MONUMENTO NA DIVISA DE CANELA E GRAMADO.</t>
   </si>
   <si>
     <t>4283</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4283/4283_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4283/4283_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA CRIADO O BALCÃO DE SOLUÇÕES.</t>
   </si>
   <si>
     <t>4284</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4284/4284_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4284/4284_texto_integral.docx</t>
   </si>
   <si>
     <t>A INDICAÇÃO PARA QUE SEJA TROCADAS OU COLOCADAS AS LÂMPADAS NO MORRO CALÇADO ALTOS 3748 A 3750 POIS CONFORME COMUNIDADE LOCAL ESTÃO SEM LUZ DURANTE MUITO TEMPO.</t>
   </si>
   <si>
     <t>4285</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4285/4285_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4285/4285_texto_integral.docx</t>
   </si>
   <si>
     <t>O EXECUTIVO ENTRE EM CONTATO COM OS BANCOS ITAÚ E BRADESCO PARA QUE COLOQUEM CADEIRAS OU BANCOS PARA PRINCIPALMENTE A COMUNIDADE IDOSA DA CIDADE DE  CANELA.</t>
   </si>
   <si>
     <t>4286</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4286/4286_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4286/4286_texto_integral.doc</t>
   </si>
   <si>
     <t>A INDICAÇÃO PARA QUE O EXECUTIVO JUNTO AO LEGISLATIVO, JUDICIÁRIO, CARTÓRIO DE REGISTRO E TABELIONATO FAÇAM  AÇÃO INTEGRADA  PARA A REGULARIZAÇÃO DE TODOS OS LOTES IRREGULARES NO MUNICÍPIO DE CANELA.</t>
   </si>
   <si>
     <t>4287</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4287/4287_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4287/4287_texto_integral.docx</t>
   </si>
   <si>
     <t>PARABENIZEMOS O COMÉRCIO LOCAL QUE INVESTIU EM UMA RAMPA DE ACESSO A DEFICIENTES FÍSICOS LEVANDO EM CONTA O RESPEITO A LEI E CONSIDERANDO O DESENVOLVIMENTO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>4291</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4291/4291_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4291/4291_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA PAVIMENTADA A RUA MARÇAL JOSE DOS SANTOS.</t>
   </si>
   <si>
     <t>4290</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4290/4290_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4290/4290_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA TROCADAS LAMPADAS NA RUA ALVIN MARTINS.</t>
   </si>
   <si>
     <t>4289</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4289/4289_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4289/4289_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA PAVIMENTAÇÃO DA RUA NOSSA SENHORA APARECIDA.</t>
   </si>
   <si>
     <t>4288</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4288/4288_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4288/4288_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITA A TROCA DE LÃMPADAS NO BAIRRO SAÍQUI RUA NOSSA SENHORA APARECIDA AUTOS N° 3085.</t>
   </si>
   <si>
     <t>4295</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4295/4295_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4295/4295_texto_integral.doc</t>
   </si>
   <si>
     <t>PARA QUE DESIGNE UM SERVIDOR PARA QUE POSSA AUXILIAR AS ASSOCIAÇÕES DOS ESTUDANTES UNIVERSITÁRIOS E TÉCNICOS DE CANELA NAS SUAS PRESTAÇÕES DE CONTAS.</t>
   </si>
   <si>
     <t>4317</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4317/4317_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4317/4317_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA LIMPEZA PEDRO ALVARES CABRAL ALTOS ENTRE Nº13 E 16 TENHA O SEU PROPRIETÁRIO(A) NOTIFICADO DEVIDO A FALTA DE CONSERVAÇÃO E LIMPEZA.</t>
   </si>
   <si>
     <t>4318</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4318/4318_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4318/4318_texto_integral.doc</t>
   </si>
   <si>
     <t>A INDICAÇÃO QUE SEJA FEITO A PAVIMENTAÇÃO AO REDOR DA ESTAÇÃO RODOVIÁRIA, COM A RETIRADA DOS PARALELEPÍPEDOS EXISTENTES NO LOCAL, E A SUA RECOLOCAÇÃO EM BAIRROS CARENTES DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>4319</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4319/4319_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4319/4319_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A INDICAÇÃO PARA QUE SEJA ESTUDADA A IDEIA DE LIXEIRAS ECOLOGICAMENTE CORRETAS E TEMÁTICAS PARA DEIXAR NOSSA CIDADE MAIS BELA, TENDO COMO EXEMPLO AS LIXEIRAS DA TERRA MÁGICA FLORYBAL EM NOSSO MUNICÍPIO, ONDE ADULTOS E PRINCIPALMENTE CRIANÇAS PODERIAM USAR O SENSO ECOLÓGICO PARA SEPARAR O LIXO. </t>
   </si>
   <si>
     <t>4320</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4320/4320_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4320/4320_texto_integral.doc</t>
   </si>
   <si>
     <t>A INDICAÇÃO QUE O BAIRRO SÃO LUIS TEM UMA ÁREA RESERVADA PARA A CONSTRUÇÃO DE ESPAÇO DE LAZER, MAS QUE ESTA ÁREA É IMPRÓPRIA PARA A CONSTRUÇÃO DEVIDO SER UMA PEDREIRA, SENDO ASSIM INCAPACITADA PARA CONSTRUÇÃO DO ESPAÇO DE LAZER, INDICO QUE SEJA FEITO PERMUTA DESTA ÁREA POR OUTRA ÁREA QUE SE LOCALIZA AO LADO DO POSTO DE SAÚDE, ÁREA ESTA PERTENCENTE A PREFEITURA QUE PODE SER FEITO UMA ÁREA DE LAZER AMPLA PRA TODA COMUNIDADE.</t>
   </si>
   <si>
     <t>4321</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4321/4321_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4321/4321_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A INDICAÇÃO PARA QUE SEJA FEITA A LIMPEZA DO CAMPO DE FUTEBOL NA RUA PORTUGAL BAIRRO EUGÊNIO FERREIRA ._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4322</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4322/4322_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4322/4322_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO QUE SEJA RETOMADO O PROGRAMA REFIS DA LEI MUNICIPAL Nº 2.935, DE 30 DE NOVEMBRO DE 2009._x000D_
  </t>
   </si>
   <si>
     <t>4323</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4323/4323_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4323/4323_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE A CORSAN REALIZE REPAROS E CONTENHA O VAZAMENTO NA RUA PRIMEIRO DE JANEIRO AUTOS NÚMERO 1488.</t>
   </si>
   <si>
     <t>4324</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4324/4324_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4324/4324_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA IMPLANTADO O ESTACIONAMENTO OBLIQUO NAS RUAS CENTRAIS DA CIDADE DE CANELA.</t>
   </si>
   <si>
     <t>4325</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4325/4325_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4325/4325_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA A PREFEITURA ENTRAR EM CONTATO COM A ASSISTÊNCIA SOCIAL, CORSAN E RGE E DEMAIS SECRETARIAS, PARA FAZER O LEVANTAMENTO E CADASTRO DAS FAMÍLIAS QUE ESTÃO EM ÁREA INVADIDA NA VILA DANTE.</t>
   </si>
   <si>
     <t>4326</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4326/4326_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4326/4326_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO SUGERINDO QUE FAÇA UM ESTUDO DA POSSIBILIDADE DE CONSTRUIR UMA PONTE JUNTO AO ARROIO QUE DA ACESSO AO LOTEAMENTO DOS PEROTO NA RUA ANTONIO ADAM EM CARÁTER DE URGÊNCIA.</t>
   </si>
   <si>
     <t>4327</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4327/4327_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4327/4327_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA O FIM DA APRESENTAÇÃO DO HABITE-SE PARA CONCESSÃO DE ALVARÁ.</t>
   </si>
   <si>
     <t>4328</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4328/4328_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4328/4328_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE OS DEFICIENTES FÍSICOS TENHAM TRANSPORTE OU QUE SEJAM ATENDIDOS  A DOMICÍLIO POR PROFISSIONAIS QUALIFICADOS DA ÁREA DA SAÚDE.</t>
   </si>
   <si>
     <t>4329</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4329/4329_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4329/4329_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE A LINHA DE ÔNIBUS DO BAIRRO ALPES VERDES SEJA COM URGÊNCIA RESTABELECIDA, ESTÃO NESSA LOCALIDADE MAIS DE 100 FAMÍLIAS.</t>
   </si>
   <si>
     <t>4352</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4352/4352_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4352/4352_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE O LEVANTAMENTO DAS ÁREAS DESTINADAS À CONSTRUÇÃO DE IGREJAS, OU ÁREAS PÚBLICAS ONDE SE POSSAM CONSTRUIR IGREJAS DENTRO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>4351</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4351/4351_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4351/4351_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA REALIZAR O LEVANTAMENTO E CADASTRO GERAL DA POPULAÇÃO DE MORADORES  DE RUA E MORADORES DE ÁREAS INVADIDAS.</t>
   </si>
   <si>
     <t>4350</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4350/4350_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4350/4350_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO QUE O EXECUTIVO ELABORE PROJETOS PARA ENFEITES DE FACHADAS  SEMPRE REFERENTE AOS TEMAS PRINCIPAIS DE NOSSA CIDADE PÁSCOA E NATAL E APRESENTE AOS EMPRESÁRIOS PRINCIPALMENTE DAS ÁREAS CENTRAIS DO NOSSO MUNICÍPIO PARA QUE OS MESMO EXECUTEM OS REFERIDOS PROJETOS EM SUAS FACHADAS.</t>
   </si>
   <si>
     <t>4349</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4349/4349_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4349/4349_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA RETIRADOS OS MONTES DE TERRA E ENTULHOS AO LONGO DA AVENIDA CÔNEGO JOÃO MARCHESI DEIXADOS PELA EMPRESA QUE FEZ O ASFALTAMENTO NA AVENIDA.</t>
   </si>
   <si>
     <t>4348</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4348/4348_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4348/4348_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO PARA COMPRA DE EQUIPAMENTOS NOVOS DE INFORMÁTICA PARA A CÂMARA DE VEREADORES DE CANELA.  </t>
   </si>
   <si>
     <t>4347</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4347/4347_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4347/4347_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE A RUA GILDA BOLOGNESI RECEBA MANUTENÇÃO.</t>
   </si>
   <si>
     <t>4346</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4346/4346_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4346/4346_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITA MANUTENÇÃO DA RUA JOÃO DE DEUS PALHANO AUTOS DO Nº 2301.</t>
   </si>
   <si>
     <t>4345</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4345/4345_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4345/4345_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA A ANÁLISE DE ÁRVORES E ARAUCÁRIAS COM RISCO DE CAIR EM CIMA DAS CASAS NA  RUA MANOEL HEXEL AUTOS Nº 82.</t>
   </si>
   <si>
     <t>4344</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4344/4344_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4344/4344_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA CONSTRUÍDO UM QUEBRA MOLAS NA RUA FELISBERTO DE MORAES, AUTOS Nº 580.</t>
   </si>
   <si>
     <t>4343</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4343/4343_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4343/4343_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO PARA QUE OS MORADORES DO BAIRRO SÃO RAFAEL, RUA PEDRO ÁLVARES CABRAL, ENTRE Nº 13 E 17 TENHAM A DEVIDA ATENÇÃO COM URGÊNCIA. </t>
   </si>
   <si>
     <t>4361</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4361/4361_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4361/4361_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA A REALIZAÇÃO DE MANUTENÇÃO DA RUA MÁRIO LUCENA DE ANDRADE.</t>
   </si>
   <si>
     <t>4362</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4362/4362_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4362/4362_texto_integral.doc</t>
   </si>
   <si>
     <t>A  INDICAÇÃO PARA QUE NO PARQUE DO PALÁCIO SEJA CRIADO UM GRANDE CENTRO DE CONVENÇÕES EM PARCERIA PÚBLICO PRIVADA, PROJETADO PARA RECEBER EVENTOS ARTÍSTICOS E CORPORATIVOS E ESPAÇO PARA LAZER DE VISITANTES E MORADORES DA CIDADE.</t>
   </si>
   <si>
     <t>4363</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4363/4363_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4363/4363_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A  INDICAÇÃO SUGERE QUE AS OPERADORAS DE CARTÃO DE CRÉDITO E OPERADORAS FINANCEIRAS DIRECIONEM O IMPOSTO  ISSQN RECOLHIDO PARA O MUNICÍPIO DE CANELA. </t>
   </si>
   <si>
     <t>4364</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4364/4364_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4364/4364_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A INDICAÇÃO SUGERINDO QUE FAÇA UM ESTUDO JUNTAMENTE COM A EMPRESA CITRAL, PARA QUE OS VEÍCULOS SEJAM EMPLACADOS NO NOSSO MUNICÍPIO DIRECIONANDO A ARRECADAÇÃO DE IPVA  PARA O MUNICÍPIO DE CANELA. </t>
   </si>
   <si>
     <t>4365</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4365/4365_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4365/4365_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO PARA  SEJA CONCEDIDA A CRIAÇÃO DE UM CENTRO DE TREINAMENTO NA ÁREA DA CELULOSE ONDE É PERTENCENTE AO MUNICÍPIO, COM ISSO IRIA ATRAIR TIMES DO FUTEBOL   BRASILEIRO COMO INTERNACIONAL, GRÊMIO E APROVEITANDO A POSSIBILIDADE DE SERVIR TAMBÉM COMO BASE DE TREINAMENTO PARA A SELEÇÃO BRASILEIRA, DESTA FORMA ELABORANDO A CRIAÇÃO DE UM GINÁSIO COM QUADRA OFICIAL E CANCHAS POLIESPORTIVAS, SERVINDO DE BASE PARA TIMES DE FUTEBOL DA REGIÃO E OUTRAS MODALIDADES ESTABELECIDAS EM CANELA QUE PODEM USAR AS DEPENDÊNCIAS E QUADRAS ALI CONSTRUÍDAS. </t>
   </si>
   <si>
     <t>4370</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4370/4370_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4370/4370_texto_integral.doc</t>
   </si>
   <si>
     <t>PARA QUE A PREFEITURA MUNICIPAL DE CANELA, FAÇA A INTERVENÇÃO JUNTO AO HOSPITAL CARIDADE DE CANELA PARA AUXILIAR MENSALMENTE A SANAR AS QUESTÕES ESTRUTURAIS E FINANCEIRAS DA INSTITUIÇÃO.</t>
   </si>
   <si>
     <t>4369</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4369/4369_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4369/4369_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA REALIZADA COM URGÊNCIA A MANUTENÇÃO DA RUA ADOLFO SEIBT.</t>
   </si>
   <si>
     <t>4368</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4368/4368_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4368/4368_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO PARA QUE SEJA CRIADO UM FUNDO DE APOIO AOS PROJETOS DE EMPREENDEDORES VOLUNTÁRIOS QUE TRABALHAM COM A EDUCAÇÃO, ATRAVÉS DO ESPORTE E DA CULTURA.   </t>
   </si>
   <si>
     <t>4366</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4366/4366_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4366/4366_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA REALIZADA A MANUTENÇÃO DA REDE DE ESGOTO QUE ESTÁ APARENTE NA RUA GAUCHOLÂNDIA NO BAIRRO VILA DANTE.</t>
   </si>
   <si>
     <t>4380</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4380/4380_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4380/4380_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE O TERRENO BALDIO NA RUA DAS PALMAS AUTOS Nº 36, BAIRRO VILA MINÁ, RECEBA LIMPEZA.</t>
   </si>
   <si>
     <t>4381</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4381/4381_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4381/4381_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA REALIZADA COM URGÊNCIA A PATROLAGEM E ACASCALHAMENTO DA RUA CANASTRA, BAIRRO LEODORO DE AZEVEDO.</t>
   </si>
   <si>
     <t>4382</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4382/4382_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4382/4382_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE A RUA BENITO BERTOLUCCI, NO BAIRRO SÃO LUIS, RECEBA MANUTENÇÃO, PATROLAGEM E ACASCALHAMENTO URGENTE.</t>
   </si>
   <si>
     <t>4383</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4383/4383_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4383/4383_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE A CORSAN JUNTAMENTE COM A SECRETARIA DE MEIO AMBIENTE, REGULARIZE O TRATAMENTO DE ÁGUA E ESGOTO NA CIDADE DE CANELA.</t>
   </si>
   <si>
     <t>4384</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4384/4384_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4384/4384_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO SEGERE QUE A RUA PATRÍCIO ZINI SOFRA UMA REVITALIZAÇÃO.</t>
   </si>
   <si>
     <t>4388</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4388/4388_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4388/4388_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO SUGERINDO UM ESTUDO DE QUE QUANDO FOR FAZER ASFALTO EM RUAS QUE TENHAM PARALELEPÍPEDO OU CALÇAMENTO, PVSS E OUTROS QUE SE FAÇA O APROVEITAMENTO DOS MESMOS NAS RUAS DOS BAIRROS. </t>
   </si>
   <si>
     <t>4392</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4392/4392_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4392/4392_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE TODAS AS PARADAS DE ÔNIBUS DE CANELA TENHAM RECUOS PARA O EMBARQUE E DESEMBARQUE DE PASSAGEIROS.</t>
   </si>
   <si>
     <t>4394</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4394/4394_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4394/4394_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE OS VEÍCULOS DA EMPRESA VIAÇÃO CANELENSE SEJAM EMPLACADOS AQUI NA CIDADE DE CANELA.</t>
   </si>
   <si>
     <t>4385</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4385/4385_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4385/4385_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE A RUA SILVINO RAFAEL ZANATA BAIRRO JARDIM DAS FONTES RECEBA URGENTEMENTE MANUTENÇÃO.</t>
   </si>
   <si>
     <t>4386</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4386/4386_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4386/4386_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE AS EMPRESAS QUE FAZEM O TRANSPORTE PÚBLICO NA CIDADE DE CANELA TENHAM NO MÁXIMO 10 ANOS DE USO.</t>
   </si>
   <si>
     <t>4387</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4387/4387_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4387/4387_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA A AQUISIÇÃO DE UM TRITURADOR DE GALHOS E FOLHAS ELÉTRICO OU A GASOLINA.</t>
   </si>
   <si>
     <t>4389</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4389/4389_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4389/4389_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE O EXECUTIVO ENTRE EM CONTATO COM A UCS (UNIVERSIDADE DE CAXIAS DO SUL ) PARA UMA POSSÍVEL NEGOCIAÇÃO  DE TRAZER A EXTENSÃO UNIVERSITÁRIA DO CURSO DE  MEDICINA PARA NOSSA CIDADE QUE CARECE DE MÉDICOS E AGENTES DE SAÚDE.</t>
   </si>
   <si>
     <t>4390</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4390/4390_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4390/4390_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA USINA DE ASFALTO EM CANELA.</t>
   </si>
   <si>
     <t>4398</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/</t>
+    <t>http://sapl.canela.rs.leg.br/media/</t>
   </si>
   <si>
     <t>QUE SEJA FEITO NO MUNICÍPIO DE CANELA O PROJETO DE LEI SUGESTÃO QUE SEGUE EM ANEXO, INSTITUI O PROJETO TROCA SOLIDÁRIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4409</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4409/4409_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4409/4409_texto_integral.docx</t>
   </si>
   <si>
     <t>A INDICAÇÃO PARA QUE O SR. PREFEITO ENTRE EM CONTATO COM O GOVERNO DO ESTADO PARA QUE EM PARCERIA POSSAM REPASSAR 2,5% CADA PODER, DOS RECURSOS ORIUNDOS DO PARQUE DO CARACOL, PARA O HOSPITAL DE CARIDADE DE CANELA.</t>
   </si>
   <si>
     <t>4410</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4410/4410_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4410/4410_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO, " QUE O EXECUTIVO ENCAMINHE UM PROJETO DE LEI ESPECIAL, QUE VISE A REGULARIZAÇÃO DA SITUAÇÃO CONSOLIDADA, COM RELAÇÃO AS OBRAS CONSTRUÍDAS IRREGULARES JUNTO AO CEMITÉRIO MUNICIPAL DE CANELA".</t>
   </si>
   <si>
     <t>4433</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4433/4433_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4433/4433_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA A MANUTENÇÃO OU TROCA DOS APARELHOS FOTOCÉLULA DOS POSTES DE ILUMINAÇÃO.</t>
   </si>
   <si>
     <t>4432</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4432/4432_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4432/4432_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO  PARA A MANUTENÇÃO DA ESCADARIA DO PARQUE CARACOL E A REFORMA DO MIRANTE ABAIXO DA CASCATA E REVITALIZAÇÃO DO PÓRTICO COM NOVA PINTURA E RETIRADA DE ÁRVORES E GALHOS CAÍDOS NAS TRILHAS E ESCADARIA.</t>
   </si>
   <si>
     <t>4431</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4431/4431_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4431/4431_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE A  PREFEITURA ENTRE EM CONTATO COM RGE PARA FAZER  A RETIRADA DE GALHOS E FOLHAS ONDE REALIZAM A PODA DAS ÁRVORES NA CIDADE DE CANELA.</t>
   </si>
   <si>
     <t>4430</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4430/4430_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4430/4430_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE A PRAÇA JOÃO CORREA TENHA SEUS  CANTEIROS ADOTADOS POR EMPRESAS LOCAIS PARA A MELHOR CONSERVAÇÃO DOS MESMOS.</t>
   </si>
   <si>
     <t>4429</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4429/4429_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4429/4429_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO  PARA QUE AS RUAS DA VILA IRMA RECEBAM MANUTENÇÃO URGENTE.</t>
   </si>
   <si>
     <t>4428</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4428/4428_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4428/4428_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE O PONTO ONDE ENCONTRAM-SE AS RUAS , GETULIO  VARGAS,  TENENTE MANOEL CORREA E ALTENOR DE SOUZA, RECEBA MELHOR SINALIZAÇÃO E MANUTENÇÃO.</t>
   </si>
   <si>
     <t>4427</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4427/4427_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4427/4427_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO PARA QUE SEJA INSTALADOS LOMBADAS ELETRÔNICAS E REDUTORES DE VELOCIDADE NA RS 235 AUTOS UNIVERSIDADE CASTELLI E CENTRO DE DISTRIBUIÇÃO DOS CORREIOS. </t>
   </si>
   <si>
     <t>4426</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4426/4426_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4426/4426_texto_integral.doc</t>
   </si>
   <si>
     <t>A  INDICAÇÃO PARA QUE A PRAÇA JOÃO CORREA NO CENTRO DE CANELA TENHA GUARDAS MANTENDO A ORDEM NO LOCAL.</t>
   </si>
   <si>
     <t>4425</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4425/4425_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4425/4425_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA CRIAÇÃO DE LEI  AO EXECUTIVO PARA O TREINAMENTO DOS SERVIDORES QUE ATENDEM DIRETAMENTE O PÚBLICO NOS BALCÕES DE ATENDIMENTO.</t>
   </si>
   <si>
     <t>4424</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4424/4424_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4424/4424_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO  PARA QUE RUA TRAVESSA DR. PEDRO SANDER  BAIRRO SÃO JOSÉ, SEJA PAVIMENTADA.</t>
   </si>
   <si>
     <t>4423</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4423/4423_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4423/4423_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO  PARA A REUTILIZAÇÃO DE PNEUS VELHOS PARA FABRICAÇÃO DE ASFALTO.</t>
   </si>
   <si>
     <t>4422</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4422/4422_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4422/4422_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE A RUA ADALBERTO WORTMAM BAIRRO SÃO LUCAS, RECEBA MANUTENÇÃO E REPAROS NA REDE DE ESGOTO  AUTOS Nº 1210.</t>
   </si>
   <si>
     <t>4421</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4421/4421_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4421/4421_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA CONSTRUÍDO UM GINÁSIO POLIESPORTIVO NO BAIRRO BOM JESUS  E ÁREA DE LAZER.</t>
   </si>
   <si>
     <t>4420</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4420/4420_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4420/4420_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO  PARA A REUTILIZAÇÃO DE PNEUS PARA A CONSTRUÇÃO DE TUBULAÇÃO DE ESGOTO NA  CIDADE DE CANELA.</t>
   </si>
   <si>
     <t>4446</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4446/4446_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4446/4446_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE NAS RUAS PEDRO INÁCIO DE SOUZA E FREDERICO LAWRENS NO BAIRRO ULISSES DE ABREU SEJA FEITA A MANUTENÇÃO DESTAS RUAS, COM NIVELAMENTO ACASCALHAMENTO.</t>
   </si>
   <si>
     <t>4437</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4437/4437_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4437/4437_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE NO INÍCIO DA RUA OSVALDO ARANHA PONTO DE RÓTULA ONDE ESTA RUA ENCONTRA-SE COM A GETÚLIO VARGAS SEJA FEITA OPERAÇÃO TAPA BURACOS NIVELANDO AS RUAS DESTA FORMA.</t>
   </si>
   <si>
     <t>4438</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4438/4438_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4438/4438_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA CRIADO UM PROJETO DE HABITAÇÃO MUNICIPAL PARA COMUNIDADE DE RENDA ATÉ TRES SALÁRIOS MÍNIMOS PARA AQUISIÇÃO DE LOTE PADRÃO 10M X 20M PLANO, SENDO IDEAL PARA CONSTRUIR CASAS POPULARES COM 2 DORMITÓRIOS SEPARADOS , SALA E COZINHA CONJUGADOS E BANHEIRO DE 2MX2M,  DE ALCANCE AQUISITIVO PARA FAMÍLIAS DESTA FAIXA DE RENDIMENTOS NÃO ULTRAPASSANDO A 15% A COBRANÇA DA PARCELA DA AQUISIÇÃO SOB A  RENDA FAMILIAR. NÃO PODENDO  ESTAS FAMÍLIAS TER RENDA SUPERIOR A 3 SALÁRIOS MÍNIMOS. SENDO ADQUIRIDO UM IMÓVEL POR FAMÍLIA CONFORME CADASTRO.</t>
   </si>
   <si>
     <t>4439</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4439/4439_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4439/4439_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE A RUA HOMERO PACHECO RECEBA MANUTENÇÃO COM A OPERAÇÃO TAPA BURACOS.</t>
   </si>
   <si>
     <t>4440</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4440/4440_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4440/4440_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE A RUA MAJIRUTI NO BAIRRO VILA MAGGI SEJA PAVIMENTADA.</t>
   </si>
   <si>
     <t>4441</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4441/4441_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4441/4441_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE NA RUA EUROPA BAIRRO PALACE HOTEL SEJA FEITA A TROCA DE LÂMPADAS AUTOS Nº 209.</t>
   </si>
   <si>
     <t>4442</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4442/4442_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4442/4442_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE AS SECRETÁRIAS DE MEIO AMBIENTE, ASSISTÊNCIA SOCIAL E PLANEJAMENTO, ANALISEM AS ÁREAS DE TERRAS PLANAS DISPONÍVEIS PARA CONSTRUÇÃO DE CASAS POPULARES NA CIDADE DE CANELA, NÃO SENDO DE PRESERVAÇÃO AMBIENTAL OU ÁREAS VERDES, ENCOSTA DE RIOS OU CÓRREGOS.</t>
   </si>
   <si>
     <t>4443</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4443/4443_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4443/4443_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE AS PARADAS DE ÔNIBUS DO BAIRRO SANTA MARTA SEJAM CONCERTADAS A BASE E TELHADO.</t>
   </si>
   <si>
     <t>4444</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4444/4444_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4444/4444_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE COM URGÊNCIA NA RUA FREDERICO LAWRANS BAIRRO ULISSES DE ABREU SEJA FEITA A REPOSIÇÃO E CONCERTO DOS CANOS DE ESGOTO QUE A SETE MESES ESTÃO QUEBRADOS.</t>
   </si>
   <si>
     <t>4445</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4445/4445_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4445/4445_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE NA RUA PROFESSOR CARLOS WORTMAM COM RUA CANASTRA NO BAIRRO LEODORO DE AZEVEDO SEJA FEITA A TROCA DE LÂMPADAS.</t>
   </si>
   <si>
     <t>4460</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4460/4460_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4460/4460_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO PARA QUE SEJA FEITA UMA REVISÃO NOS POSTES DE ILUMINAÇÃO NA CIDADE DE CANELA POIS MUITAS LÂMPADAS FICAM LIGADAS ACESAS DIA E NOITE CONSUMINDO ENERGIA EM EXCESSO E DESPERDIÇANDO RECURSOS PÚBLICOS. </t>
   </si>
   <si>
     <t>4461</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4461/4461_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4461/4461_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITO O CONCERTO DA REDE DE ESGOTO NA RUA EVA ANTONIO FAGUNDES LOTEAMENTO DOS OLIVEIRA NO BAIRRO SÃO RAFAEL.</t>
   </si>
   <si>
     <t>4462</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4462/4462_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4462/4462_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO SUGERINDO QUE FAÇA UM ESTUDO PARA IMPLANTAÇÃO DE DUAS PARADAS DE ÔNIBUS FECHADA EM VOLTA, NA RUA VISCONDE DE MAUÁ, EM FRENTE À ESCOLA MARISTA.</t>
   </si>
   <si>
     <t>4463</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4463/4463_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4463/4463_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE A RUA ALZEMIRO BOEIRA DOS REIS BAIRRO EUGÊNIO FERREIRA RECEBA MANUTENÇÃO URGENTE, PATROLAGEM E ACASCALHAMENTO .</t>
   </si>
   <si>
     <t>4464</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4464/4464_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4464/4464_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO SUGESTÃO DE PROJETO DE LEI AO EXECUTIVO QUE DISPÕE SOBRE A ISENÇÃO DO PAGAMENTO DAS DESPESAS FUNERAIS A PESSOA QUE TIVER DOADO ÓRGÃOS OU TECIDOS CORPORAIS POR ATO PRÓPRIO OU POR MEIO DE SEUS FAMILIARES OU RESPONSÁVEIS, PARA FINS DE TRANSPLANTE MÉDICO NO MUNICÍPIO DE CANELA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4467</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4467/4467_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4467/4467_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA &amp;#8220;DOADORES DO FUTURO&amp;#8221; EM TODA AS ESCOLAS DA REDE PÚBLICA DE ENSINO INSTALADAS NO MUNICÍPIO DE CANELA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4470</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4470/4470_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4470/4470_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE SEJA PROVIDENCIADO COM A MÁXIMA URGÊNCIA, A LIMPEZA DO LAGO DO PARQUE DO LAGO QUE JÁ ESTA COM BASTANTE &amp;#8220;MÃES D&amp;#8217;ÁGUA&amp;#8221; PARA QUE NÃO DEIXEM CHEGAR AO PONTO QUE CHEGOU NO ANO PASSADO, É IMPORTANTE JÁ FAZER A LIMPEZA PREVENTIVA.</t>
   </si>
   <si>
     <t>4471</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4471/4471_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4471/4471_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve"> PARA QUE A PREFEITURA MUNICIPAL DE CANELA, FAÇA A INTEGRAÇÃO ENTRE A SECRETARIA MUNICIPAL DE SAÚDE, OS POSTOS E O HOSPITAL DE CARIDADE ATRAVÉS DA INFORMATIZAÇÃO EM REDE DOS MESMOS._x000D_
          </t>
   </si>
   <si>
     <t>4472</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4472/4472_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4472/4472_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">PARA QUE A PREFEITURA MUNICIPAL DE CANELA, TRABALHE NA CAPTAÇÃO DO TURISMO DE NEGÓCIOS (CONGRESSOS, SIMPÓSIOS, SEMINÁRIOS, WORKSHOPS), TENDO EM VISTA A CRISE QUE ATINGE O PAÍS, ASSIM VISANDO MELHORAR O FLUXO TURÍSTICO EM DIAS DE SEMANA E TAMBÉM DURANTE A BAIXA TEMPORADA._x000D_
 </t>
   </si>
   <si>
     <t>4473</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4473/4473_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4473/4473_texto_integral.docx</t>
   </si>
   <si>
     <t>PARA QUE ENTRE EM CONTATO COM O GOVERNO DO ESTADO, PARA QUE EM PARCERIA POSSAM REPASSAR 1,5% DOS RECURSOS ORIUNDOS DO PARQUE DO CARACOL, PARA AS ENTIDADES DE SEGURANÇAS PÚBLICAS, COMO OS BOMBEIROS, BRIGADA MILITAR, ETC, DO MUNICÍPIO DE CANELA.</t>
   </si>
   <si>
     <t>4475</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4475/4475_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4475/4475_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA REALIZADA A MANUTENÇÃO, LIMPEZA DOS CANTEIROS CENTRAIS DA CIDADE DE CANELA.</t>
   </si>
   <si>
     <t>4476</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4476/4476_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4476/4476_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE A RUA PRIMEIRO DE JANEIRO  RECEBA SINALIZAÇÃO PRINCIPALMENTE NA ENTRADA DA RUA LEOPOLDO DRECHSLER ONDE EXISTE UMA CURVA ACENTUADA.</t>
   </si>
   <si>
     <t>4477</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4477/4477_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4477/4477_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO PARA QUE NAS BOCAS DE LOBO SEJAM  INSTALADAS  TELA OU GRADE PARA QUE OBJETOS NÃO POSSAM ENTUPIR A REDE. </t>
   </si>
   <si>
     <t>4478</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4478/4478_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4478/4478_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA CONTRATADO ENGENHEIRO DE TRÂNSITO E TÉCNICOS EM TRÂNSITO PARA QUE AS RUAS SEJAM SINALIZADAS DE FORMA COERENTE COM A REALIDADE DA CIDADE ATUALMENTE.</t>
   </si>
   <si>
     <t>4479</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4479/4479_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4479/4479_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITA CALÇADAS PADRÃO COM DIRECIONAMENTO PARA DEFICIENTES VISUAIS COM ACESSO FACILITADO.</t>
   </si>
   <si>
     <t>4480</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4480/4480_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4480/4480_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJAM PADRONIZADAS AS CALÇADAS DA CIDADE DE CANELA TENDO PARCERIA MORADOR PREFEITURA, ONDE A PREFEITURA CONSTRÓI E REMODELA O CALÇAMENTO E COBRA DOS MORADORES ATRAVÉS DO IPTU, E TENDO A CONSERVAÇÃO FISCALIZADA PELA PREFEITURA.</t>
   </si>
   <si>
     <t>4484</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4484/4484_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4484/4484_texto_integral.doc</t>
   </si>
   <si>
     <t>PARA QUE SEJA INTENSIFICADO O CONTROLE DE COMBATE AO MOSQUITO SIMULIIDAE, POPULARMENTE CONHECIDO COMO BORRACHUDO, ATRAVÉS DA APLICAÇÃO DO LARVICIDA BTI.</t>
   </si>
   <si>
     <t>4511</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4511/4511_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4511/4511_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE A SEJAM CONSTRUÍDAS PARADAS DE ÔNIBUS MODELO COM METAL E ACRÍLICO PARA A SEGURANÇA DOS USUÁRIO DO TRANSPORTE PÚBLICO.</t>
   </si>
   <si>
     <t>4510</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4510/4510_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4510/4510_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITO O PASSEIO PÚBLICO AO LONGO DA RUA PRIMEIRO DE JANEIRO.</t>
   </si>
   <si>
     <t>4509</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4509/4509_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4509/4509_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA PAVIMENTAÇÃO DA RUA EVA PERON, BAIRRO SÃO JOSÉ.</t>
   </si>
   <si>
     <t>4508</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4508/4508_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4508/4508_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE NA RUA MELVIN JONES AUTOS DAS ESCOLAS COOPEC E OFICINA DA CRIANÇA TENHA SINALIZAÇÃO APROPRIADA, COM FAIXAS DE SEGURANÇA E FAIXA AMARELA PARA EMBARQUE E DESEMBARQUE DE ALUNOS DE AMBAS AS ESCOLAS.</t>
   </si>
   <si>
     <t>4507</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4507/4507_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4507/4507_texto_integral.doc</t>
   </si>
   <si>
     <t>ESTABELECE UMA POLÍTICA MUNICIPAL DE DESENVOLVIMENTO DO TURISMO RURAL NO MUNICÍPIO DE CANELA.</t>
   </si>
   <si>
     <t>4506</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4506/4506_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4506/4506_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA CRIADO O PROGRAMA DE INCENTIVO AO ARTÍSTA LOCAL  ( COMPOSITOR, ATOR, CANTOR, MUSICO, DANÇA, TEATRO ) A PARTIR DE FUNDO CRIADO PARA ÁREA ARTÍSTICA.</t>
   </si>
   <si>
     <t>4505</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4505/4505_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4505/4505_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE  QUANDO HOUVER CORTE DE ABASTECIMENTO DE ÁGUA NAS LOCALIDADES AS MESMAS SEJAM ALERTADAS COM UM DIA DE ANTECEDÊNCIA PARA SUA ORGANIZAÇÃO.</t>
   </si>
   <si>
     <t>4504</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4504/4504_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4504/4504_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA PROMOVIDO O FESTIVAL ARTÍSTICO DE CANELA PARA QUE OS ARTISTAS LOCAIS POSSAM MOSTRAR SEUS TALENTOS ( FESTIVAL DE TALENTOS DE CANELA ).</t>
   </si>
   <si>
     <t>4503</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4503/4503_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4503/4503_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO SUGERINDO QUE SEJA FEITO PRÉ PROJETO AO MINISTÉRIO DA SAÚDE, PARA A IMPLANTAÇÃO DE UM LABORATÓRIO MUNICIPAL, COM EXAMES COMPLETOS. </t>
   </si>
   <si>
     <t>4502</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4502/4502_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4502/4502_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE ENTRE EM CONTATO COM A CORSAN PARA REGULARIZAR O ABASTECIMENTO DE ÁGUA NOS BAIRROS LEODORO DE AZEVEDO, PALACE HOTEL E VILA MAGGI.</t>
   </si>
   <si>
     <t>4501</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4501/4501_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4501/4501_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO PARA QUE A CASA QUE ESTÁ ABANDONADA HA VÁRIOS MESES NA RUA MELVIN JONES AUTOS Nº 153 TENHA O PROPRIETÁRIO IDENTIFICADO E NOTIFICADO PELO ABANDONO. </t>
   </si>
   <si>
     <t>4516</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4516/4516_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4516/4516_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE A RUA JOSÉ JOAQUIM RAIMUNDO NO  BAIRRO VILA BOEIRA SEJA PAVIMENTADA.</t>
   </si>
   <si>
     <t>4517</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4517/4517_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4517/4517_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE A RUA MANOEL HEXEL NO BAIRRO EUGÊNIO FERREIRA, SEJA PAVIMENTADA UTILIZANDO MATÉRIAS REUTILIZÁVEIS, PARALELEPIPEDOS OU PVS.</t>
   </si>
   <si>
     <t>4518</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4518/4518_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4518/4518_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA TROCA DE POSTES DE MADEIRA POR POSTES DE CONCRETO AO LONGO DA RODOVIA ARNALDO OPPITZ E ÁREA URBANA.</t>
   </si>
   <si>
     <t>4519</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4519/4519_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4519/4519_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE A RUA MANOEL HEXEL NO BAIRRO EUGÊNIO FERREIRA,  TENHA AS LÂMPADAS DOS POSTES REVISADAS E TROCADAS HÁ LÂMPADAS QUEIMADAS POR VÁRIOS MESES.</t>
   </si>
   <si>
     <t>4520</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4520/4520_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4520/4520_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA IMPLANTADO O CENTRO DE SAÚDE DE CANELA, ONDE FICARIAM INSTALADAS SECRETARIA DA SAÚDE, UNIDADE CENTRAL DE ATENDIMENTOS E FARMÁCIA CENTRAL.</t>
   </si>
   <si>
     <t>4521</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4521/4521_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4521/4521_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA CONTRATADO COM URGÊNCIA CLINICAS DE OLHOS E OU OFTALMOLOGISTA PARA ATENDIMENTO E REALIZAÇÃO DE EXAMES NA CIDADE DE CANELA.</t>
   </si>
   <si>
     <t>4522</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4522/4522_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4522/4522_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITA MANUTENÇÃO DA RUA CHAPADÃO ZONA RURAL AUTOS TOMASINI, COM NIVELAMENTO E ACASCALHAMENTO.</t>
   </si>
   <si>
     <t>4523</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4523/4523_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4523/4523_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO QUE SEJA CRIADA O &amp;#8220;PROJETO VILA MILITAR&amp;#8221;, QUE CONSISTE NA CONSTRUÇÃO DE CASAS PARA POLICIAIS MILITARES.</t>
   </si>
   <si>
     <t>4524</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4524/4524_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4524/4524_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE O EXECUTIVO EM CONJUNTO COM A DEFENSORIA PÚBLICA ADOTEM UM PROGRAMA DE AGENDAMENTO ON LINE PARA FACILITAR A COMUNIDADE QUE NECESSITAS DAS FICHAS PARA O ATENDIMENTO.</t>
   </si>
   <si>
     <t>4525</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4525/4525_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4525/4525_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITA A LIMPEZA DO LAGO, HÁ MUITO LIXO E MATO EM TORNO E DENTRO  DO LAGO NO BAIRRO LEODORO DE AZEVEDO.</t>
   </si>
   <si>
     <t>4526</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4526/4526_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4526/4526_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO QUE SEJA FEITO NO BAIRRO CANELINHA E SANTA MARTA PARA A BRIGADA MILITAR UM POSTO AVANÇADO, ASSIM PROPORCIONANDO MAIS SEGURANÇA A OS MUNÍCIPES.</t>
   </si>
   <si>
     <t>4527</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4527/4527_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4527/4527_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE A RUA JOSÉ JOAQUIM RAIMUNDO RECEBA URGENTE MANUTENÇÃO, ACASCALHAMENTO E PATROLAGEM.</t>
   </si>
   <si>
     <t>4528</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4528/4528_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4528/4528_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE A RUA MANOEL HEXEL NO BAIRRO EUGÊNIO FERREIRA,  RECEBA MANUTENÇÃO, CASCALHOS E PATROLAGEM.</t>
   </si>
   <si>
     <t>4534</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4534/4534_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4534/4534_texto_integral.docx</t>
   </si>
   <si>
     <t>PARA QUE SEJA ESTUDADA A POSSIBILIDADE DA IMPLANTAÇÃO DE UM REDUTOR DE VELOCIDADE NA RUA ERNESTO DORNELES, 905.</t>
   </si>
   <si>
     <t>4543</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4543/4543_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4543/4543_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA CRIADO UM PROGRAMA DE SEGURANÇA ESCOLAR, COM CÂMERAS DE SEGURANÇA INSTALADAS EM FRENTE AS ESCOLAS DA CIDADE DE CANELA, MONITORADAS PELA BRIGADA MILITAR.</t>
   </si>
   <si>
     <t>4544</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4544/4544_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4544/4544_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA  NOMEADO O PRESIDENTE DE BAIRRO JOVEM, A PARTIR DE INDICAÇÃO DA ESCOLA,  INCENTIVANDO OS JOVENS A EXPOR AS IDEIAS SOBRE O BAIRRO ONDE MORAM ALÉM DAS OPINIÕES NA VISÃO DO JOVEM ATUALMENTE.</t>
   </si>
   <si>
     <t>4545</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4545/4545_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4545/4545_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE NA RUA LEOPOLDO ARTUR RAIMUNDO, 286 BAIRRO SÃO LUCAS SEJA RECOLHIDO OU ENCAMINHADO OS CÃES DE RUA PARA ABRIGOS, TODOS QUE PASSAM NA RUA SÃO ATACADOS PELOS CÃES.</t>
   </si>
   <si>
     <t>4546</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4546/4546_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4546/4546_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJAM INSTALADOS REDUTORES DE VELOCIDADE NO RODOVIA ARNALDO OPITZ.</t>
   </si>
   <si>
     <t>4547</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4547/4547_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4547/4547_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE A RUA 8 DE ABRIL NO BAIRRO SÃO JOSÉ SEJA PAVIMENTADA, PROPORCIONANDO MELHOR ACESSO A ESTA VIA DIMINUINDO O BARRO E PÓ.</t>
   </si>
   <si>
     <t>4548</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4548/4548_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4548/4548_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE O EXECUTIVO ENTRE EM CONTATO COM A RGE PARA REALIZAR A INSTALAÇÃO DE DOIS POSTES DE LUZ NA RUA H, RUA ESTA QUE ENCONTRA-SE COM A RUA DOS PIRATAS E  COM A RUA DA IGREJA NO BAIRRO SANTA MARTA.</t>
   </si>
   <si>
     <t>4549</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4549/4549_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4549/4549_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO PARA QUE A ÁREA E CONSTRUÇÃO DO CASSINO QUE ESTÁ ABANDONADO SEJA UTILIZADA  DE MANEIRA PÚBLICO PRIVADA NA INTENÇÃO DE TORNAR-SE MAIS UM ATRATIVO TURÍSTICO, PODENDO SER UMA ESPÉCIE DE PARQUE, MUSEU OU TEATRO. </t>
   </si>
   <si>
     <t>4550</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4550/4550_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4550/4550_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA CRIADO UM PROGRAMA  MUNICIPAL DE INCENTIVO AO MICRO E PEQUENO EMPREENDEDOR DE CANELA, ATRAVÉS DE ORIENTAÇÃO, TREINAMENTO, CURSOS E PALESTRAS.</t>
   </si>
   <si>
     <t>4555</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>Ademar Santana</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4555/4555_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4555/4555_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE SEJA FEITO ESTUDO DA POSSIBILIDADE, DE SER RETIRADO DE TODOS OS CANTEIROS CENTRAIS AO LONGO DAS AVENIDAS, O ACÚMULO DE TERRA, SENDO REPLANTADAS GRAMAS E FLORES NOS MESMOS.</t>
   </si>
   <si>
     <t>4560</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4560/4560_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4560/4560_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A COMERCIALIZAÇÃO DE ALIMENTOS EM LOGRADOUROS, ÁREAS E VIAS PÚBLICAS, ATRAVÉS DE VEÍCULOS DENOMINADOS FOOD TRUCK NO MUNICÍPIO DE CANELA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4559</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4559/4559_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4559/4559_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO SUGESTÃO DE PROJETO DE LEI QUE DEFINE A INTEGRAÇÃO DO SISTEMA DE SAÚDE  MUNICIPAL, COM TRATAMENTOS COMPLETOS TENDO O HISTÓRICO E ACOMPANHAMENTO FEITO PELO PRÓPRIO PACIENTE ON LINE , POR AGENTES DE SAÚDE, MÉDICOS, DENTISTAS, ENFERMEIROS E OUTROS PROFISSIONAIS E  DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4557</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4557/4557_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4557/4557_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJAM RECOLHIDOS DAS RUAS DE CANELA OS CÃES ABANDONADOS E LEVADOS PARA ABRIGOS, POIS EM VÁRIOS BAIRROS E NO CENTRO DA CIDADE EXISTEM INÚMEROS CÃES, PERIGOSOS, DOENTES, FAMINTOS E AGRESSIVOS. POR TODA A CIDADE VIRAM LIXOS, ATACAM PESSOAS ADULTOS E CRIANÇAS, ANDAM NO TRÂNSITO AUMENTANDO O RISCO DE ACIDENTES.</t>
   </si>
   <si>
     <t>4558</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4558/4558_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4558/4558_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE O PRÉDIO E ESTRUTURA DA PREFEITURA MUNICIPAL DE CANELA SEJA ADEQUADO A LEI DE ACESSIBILIDADE, PARA DEFICIENTES FISÍCOS, CADEIRANTES E IDOSOS. DSIPONIBILIZANDO RAMPS DE ACESSO, APOIOS E CORRIMÃO OU ATÉ MESMO UM ELEVADOR DESTINADO A ÉSTA COMUNIDADE.</t>
   </si>
   <si>
     <t>4571</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4571/4571_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4571/4571_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO, PARA QUE  A PREFEITURA MUNICIPAL DE CANELA, REALIZE COM URGÊNCIA A LICITAÇÃO PARA O TRANSPORTE PÚBLICO NO MUNICÍPIO, DE ACORDO COM  A LEI 3.411 DE 16 DE SETEMBRO DE 2013  E A LEI 8.666/93, POIS  SE ARRASTA HÁ MAIS DE 02 ANOS. O MUNICÍPIO PRECISA LICITAR O TRANSPORTE, É  UMA OBRIGAÇÃO PREVISTA EM LEI E QUE JUSTIFICADAMENTE NÃO ESTA SENDO CUMPRIDA, OU SERÁ QUE A PREFEITURA NÃO SOUBE FAZER O EDITAL.</t>
   </si>
   <si>
     <t>4570</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4570/4570_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4570/4570_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE  A PREFEITURA MUNICIPAL DE CANELA, TENDO EM VISTA O GRANDE ATRASO DA REALIZAÇÃO DA LICITAÇÃO PARA O TRANSPORTE PÚBLICO NO MUNICÍPIO, DE ACORDO COM  A LEI 3.411 DE 16 DE SETEMBRO DE 2013  E A LEI 8.666/93, POIS  SE ARRASTA HÁ MAIS DE 02 ANOS, QUE SEJA FEITA DE IMEDIATO A FISCALIZAÇÃO DOS ÔNIBUS QUE PRESTAM SERVIÇO PÚBLICO, ESPECIALMENTE SOBRE OS LOCAIS DE PARADA, POIS MUITAS PESSOAS DA COMUNIDADE TEM FEITO RECLAMAÇÕES ACERCA DA FALTA DE LOCAIS ADEQUADOS COM A DEVIDA SINALIZAÇÃO  PARA DESCIDA DE PASSAGEIROS, O QUE PODE CAUSAR  ACIDENTES E PÕE EM RISCO A SEGURANÇA DE PASSAGEIROS, PEDESTRES E MOTORISTAS.</t>
   </si>
   <si>
     <t>4574</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4574/4574_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4574/4574_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA PROVIDENCIADO UMA PLACA DE IDENTIFICAÇÃO E COLOCADO O MAIS RÁPIDO POSSÍVEL NA FRENTE DA BIBLIOTECA MUNICIPAL. </t>
   </si>
   <si>
     <t>4575</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4575/4575_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4575/4575_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA ENCAMINHADO AO ESTADO DO RIO GRANDE DO SUL, UM PROJETO DE UMA NOVA ESCOLA E COM ELE A  SOLICITAÇÃO DA CEDÊNCIA DA ÁREA DE TERRA PARA O MUNICÍPIO, ONDE SE ENCONTRA A ESCOLA MACHADO DE ASSIS NO CARACOL. </t>
   </si>
   <si>
     <t>4577</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4577/4577_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4577/4577_texto_integral.doc</t>
   </si>
   <si>
     <t>PARA QUE A PREFEITURA MUNICIPAL DE CANELA AMPLIE OS SEGUINTES PROGRAMAS NA CIDADE:SAÚDE DA FAMÍLIA, PREVENÇÃO DO CÂNCER, PRESSÃO ALTA E DIABETES, NUTRIÇÃO SAUDÁVEL, BEBÊS E GESTANTES, PROBLEMAS RESPIRATÓRIOS E DOENÇAS SEXUALMENTE TRANSMISSÍVEIS.</t>
   </si>
   <si>
     <t>4578</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4578/4578_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4578/4578_texto_integral.doc</t>
   </si>
   <si>
     <t>PARA QUE A PREFEITURA MUNICIPAL DE CANELA IMPLANTE O BANCO DE DOAÇÃO DE MATERIAIS DE CONSTRUÇÃO.</t>
   </si>
   <si>
     <t>4579</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4579/4579_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4579/4579_texto_integral.doc</t>
   </si>
   <si>
     <t>PARA QUE A PREFEITURA MUNICIPAL DE CANELA COMECE UMA CAMPANHA PARA A REGULARIZAÇÃO DOS TRIBUTOS MUNICIPAIS (IPTU, ISS E CONTRIBUIÇÃO DE MELHORIAS), COM REFIS E OUTROS INCENTIVOS PARA SE FACILITAR O PAGAMENTO. ESSE TIPO DE AJUDA É BOM PARA O CONTRIBUINTE E A PREFEITURA.</t>
   </si>
   <si>
     <t>4590</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4590/4590_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4590/4590_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO URGENTE PARA QUE NA RUA SANTA MARIA NO BAIRRO VILA DANTE, SEJA  FEITO O ESTUDO PARA A CONSTRUÇÃO DA REDE PLUVIAL DE ESGOTO, LOCAL ONDE OS MORADORES  RECLAMAM POR ESTE BENEFÍCO.</t>
   </si>
   <si>
     <t>4591</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4591/4591_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4591/4591_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO PARA QUE SEJA CRIADO UM PROGRAMA DE ATENÇÃO  PARA COM AS FAMÍLIAS CARENTES DA CIDADE DE CANELA, QUE ESTÃO ABAIXO DA LINHA DA POBREZA, ORIENTANDO E AUXILIANDO PARA QUE HAJA UMA MELHORA DA SITUAÇÃO RETIRANDO ESTAS FAMILIAS DA ZONA DE RISCO. </t>
   </si>
   <si>
     <t>4589</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4589/4589_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4589/4589_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA CONSTRUÍDO UMA QUADRA POLIESPORTIVA NA ESCOLA JOÃO MARCHESI BAIRRO ULISSES DE ABREU.</t>
   </si>
   <si>
     <t>4588</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4588/4588_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4588/4588_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE A RUA FARRAPOS NO BAIRRO VILA DANTE  RECEBA MANUTENÇÃO URGENTE , HÁ MUITOS BURACOS AO LONGO DA RUA.</t>
   </si>
   <si>
     <t>4587</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4587/4587_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4587/4587_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO PARA QUE SEJA CONSTRUÍDO  NA ESCOLA JOÃO MARCHESI  PAVILHÃO PARA TEATRO E EVENTOS DA ESCOLA, COM PALCO E ARQUIBANCADAS PARA ESTAS REALIZAÇÕES INCENTIVANDO ALUNOS E PROFESSORES JUNTAMENTE DA COMUNIDADE. </t>
   </si>
   <si>
     <t>4586</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4586/4586_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4586/4586_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJAM  INSTALADAS LIXEIRAS DE METAL NA ESCOLA JOÃO MARCHESI, COM SEPARAÇÃO PARA LIXO ORGÂNICO, SECO,  RECICLÁVEL.</t>
   </si>
   <si>
     <t>4585</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4585/4585_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4585/4585_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA  FEITA A PATROLAGEM, NIVELAMENTO E A COLOCAÇÃO DE SAIBROS NO MORRO CALÇADO AUTOS SEU DARCI.</t>
   </si>
   <si>
     <t>4584</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4584/4584_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4584/4584_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO PARA QUE SEJAM INSTALADAS CÂMERAS DE SEGURANÇA EM FRENTE AS ESCOLAS PARA INIBIR A VIOLÊNCIA, TRÁFICO DE DROGAS E ASSALTOS, SENDO AS MESMAS MONITORADAS PELA BRIGADA MILITAR. </t>
   </si>
   <si>
     <t>4583</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4583/4583_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4583/4583_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITA UMA PERMUTA COM TERRENO QUE PERTENCE A ASSOCIAÇÃO DO BAIRRO CANELINHA, COM O TERRENO QUE HOJE PERTENCE A ESCOLINHA TIO BETO NO BAIRRO CANELINHA, SEJA REPASSADO PARA A ASSOCIAÇÃO DOS MORADORES DO BAIRRO CANELINHA.</t>
   </si>
   <si>
     <t>4582</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4582/4582_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4582/4582_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE A ESCOLA INFANTIL TIA DIVA SOFRA MANUTENÇÃO DO PRÉDIO E A LIMPEZA DO PÁTIO QUE ESTA  TOMADO PELO MATO.</t>
   </si>
   <si>
     <t>4581</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4581/4581_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4581/4581_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO PARA QUE  O PASSEIO PÚBLICO NA RUA OSVALDO ARANHA SEJA REVITALIZADA, EXISTEM LAJOTAS, PEDRAS QUEBRADAS E BURACOS FACILITANDO PARA QUE OS PEDESTRES SOFRAM ACIDENTES. </t>
   </si>
   <si>
     <t>4595</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>Darci Pedro Zimmer</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4595/4595_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4595/4595_texto_integral.docx</t>
   </si>
   <si>
     <t>PROJETO DE LEI SUGESTÃO, QUE &amp;#8220;AUTORIZA O PODER EXECUTIVO FIRMAR CONVÊNIO COM A ASSOCIAÇÃO RECICLANIP, E DÁ OUTRAS PROVIDÊNCIAS&amp;#8220;.</t>
   </si>
   <si>
     <t>4596</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4596/4596_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4596/4596_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve"> INDICAÇÃO SUGESTÃO DE PROJETO DE LEI QUE CRIA A SINALIZAÇÃO ELETRÔNICA NA ÁREA URBANA, E CENTRO DA CIDADE. TENDO EM VISTA QUE OS ACIDENTES DE TRÂNSITO AUMENTARAM MUITO, NA RS 235, ENTRADA DE CANELA EM FRENTE AO PARQUE MUNDO A VAPOR, CENTRO DE DISTRIBUIÇÃO DOS CORREIOS, ONDE HÁ TAMBÉM A SAÍDA DOS VEÍCULOS DA CITRAL, NO CENTRO DA CIDADE ONDE AS RÓTULAS FICAM CONGESTIONADAS, NA SAÍDA DE CANELA, AUTOS AV. JOÃO MARCHESI, BAIRRO CANELINHA, SÃO RAFAEL E DISTRITO INDUSTRIAL, LOCAL DE MUITAS EMPRESAS QUE NECESSITAM DE UMA SAÍDA SEGURA PARA OS CAMINHÕES DE CARGA E VEÍCULOS EM GERAL.</t>
   </si>
   <si>
     <t>4604</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4604/4604_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4604/4604_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE A RUA JOSÉ FOSS NO BAIRRO SÃO JOSÉ,  SEJA PAVIMENTADA  MELHORANDO O ACESSO E DESENVOLVENDO O LOCAL.</t>
   </si>
   <si>
     <t>4597</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4597/4597_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4597/4597_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE A RUA MARIA SEIBT NO BAIRRO SÃO JOSÉ RECEBA MANUTENÇÃO URGENTE, COM NIVELAMENTO E COLOCAÇÃO DE SAIBRO.</t>
   </si>
   <si>
     <t>4598</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4598/4598_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4598/4598_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO PARA QUE SEJA AMPLIADO O CONTRATO COM AS CLÍNICAS QUE PRESTAM SERVIÇOS DE EXAMES PARA ATENDER OS PACIENTES QUE NECESSITAM DE ECO-CARDIOGRAMA, EXAME ESTE QUE NÃO ESTÁ DISPONÍVEL NO SISTEMA DE SAÚDE DE CANELA. </t>
   </si>
   <si>
     <t>4599</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4599/4599_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4599/4599_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE O ACESSO AOS CADEIRANTES E DEFICIENTES FÍSICOS SEJAM FEITOS AO LONGO DA RUA OSVALDO ARANHA NO CENTRO DE CANELA ONDE NÃO HÁ.</t>
   </si>
   <si>
     <t>4600</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4600/4600_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4600/4600_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE AS BOCAS DE LOBO DA RUA FERNANDO FERRARI SEJAM REVISADAS, POIS ALGUMAS ESTÃO ENTUPIDAS.</t>
   </si>
   <si>
     <t>4611</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4611/4611_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4611/4611_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA PROVIDENCIADO UM PROJETO DE CANALIZAÇÃO E TRATAMENTO DE ESGOTO DA AVENIDA CÔNEGO JOÃO MARCHESI, PRINCIPALMENTE DO NUMERO 740 EM DIANTE, ONDE O ESGOTO ESTA CORRENDO A CÉU ABERTO.  </t>
   </si>
   <si>
     <t>4621</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4621/4621_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4621/4621_texto_integral.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI SUGESTÃO QUE  &amp;#8220;INSTITUI, NO ÂMBITO DO MUNICÍPIO DE CANELA, O PROGRAMA DE SERVIÇOS INTEGRADOS PARA TRATAMENTO DAS DOENÇAS RESPIRATÓRIAS, ESPECIALMENTE PARA TRATAMENTO DA DOENÇA PULMONAR AVANÇADA (DPA) E O PROGRAMA DE DISPENSAÇÃO DE OXIGENO TERAPIA DOMICILIAR PROLONGADA (ODP), E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4620</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4620/4620_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4620/4620_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE OS PRÉDIOS E CONSTRUÇÕES PÚBLICOS SEJAM ADEQUADOS A LEI DA ACESSIBILIDADE DE DA CIDADE  DE CANELA.</t>
   </si>
   <si>
     <t>4619</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4619/4619_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4619/4619_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE A RUA MÉXICO BAIRRO PALACE HOTEL RECEBA REPAROS POIS ESTÁ INTRANSITÁVEL, COM MUITO LODO E BURACOS.</t>
   </si>
   <si>
     <t>4618</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4618/4618_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4618/4618_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE A PARADA DE ÔNIBUS NA RS 235 SEJA COSNTRUIDA O MAIS BREVE POSSÍVEL.</t>
   </si>
   <si>
     <t>4622</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4622/4622_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4622/4622_texto_integral.doc</t>
   </si>
   <si>
     <t>PARA QUE A PREFEITURA MUNICIPAL DE CANELA ALTERE A LEI COMPLEMENTAR N°30 DE 04 DE ABRIL DE 2012, REFERENTE AOS REQUISITOS ATINENTES À HABILITAÇÃO PROFISSIONAL DOS CARGOS DE ASSESSOR DE IMPRENSA DA PREFEITURA, PARA QUE SEJA EXIGIDO HABILITAÇÃO PROFISSIONAL, CURSO DE BACHARELADO EM COMUNICAÇÃO SOCIAL COM HABILITAÇÃO LEGAL PARA O EXERCÍCIO DA PROFISSÃO.</t>
   </si>
   <si>
     <t>4623</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4623/4623_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4623/4623_texto_integral.doc</t>
   </si>
   <si>
     <t>PARA QUE A PREFEITURA MUNICIPAL DE CANELA CRIE UM PLANO MUNICIPAL DE SEGURANÇA PÚBLICA.</t>
   </si>
   <si>
     <t>4624</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4624/4624_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4624/4624_texto_integral.doc</t>
   </si>
   <si>
     <t>PARA QUE A PREFEITURA MUNICIPAL DE CANELA DE VISIBILIDADE ÀS AÇÕES DE PREVENÇÃO A VIOLÊNCIA QUE ESTÃO EM ANDAMENTO PELA ADM. MUNICIPAL, EXPONDO AÇÕES, RESULTADOS E AS SECRETARIAS E AGENTES ENVOLVIDOS. TENDO EM VISTA QUE EM 2013 FOI INDICADO POR ESTE VEREADOR UM PPV (PROGRAMA DE PREVENÇÃO A VIOLÊNCIA) APROVADO POR ESTA CASA.</t>
   </si>
   <si>
     <t>4625</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4625/4625_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4625/4625_texto_integral.doc</t>
   </si>
   <si>
     <t>PARA A PREFEITURA MUNICIPAL DE CANELA RETOMAR AS TRATATIVAS COM UNIVERSIDADES PARA BUSCAR UMA SOLUÇÃO DEFINITIVA PARA A MELHOR GESTÃO PARA A ADMINISTRAÇÃO DO HOSPITAL DE CARIDADE DE CANELA, INCLUSIVE COM A POSSÍVEL IMPLANTAÇÃO DE UM HOSPITAL-ESCOLA OU HOSPITAL-UNIVERSITÁRIO.</t>
   </si>
   <si>
     <t>4626</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4626/4626_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4626/4626_texto_integral.doc</t>
   </si>
   <si>
     <t>PARA A PREFEITURA MUNICIPAL DE CANELA IMPLANTAR JUNTO A SECRETARIA DE GOVERNO UMA POLITICA DE RELAÇÕES INSTITUCIONAIS, UM DEPARTAMENTO PARA SER UM CANAL DE COMUNICAÇÃO PERMANENTE COM SETORES PÚBLICOS, PRIVADOS E POLÍTICOS, OBJETIVANDO A APROXIMAÇÃO DAS AÇÕES PUBLICAS COM A SOCIEDADE.</t>
   </si>
   <si>
     <t>4629</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4629/4629_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4629/4629_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE NOS POSTOS DE SAÚDE DE CANELA  SEJA INFORMADO O NÚMERO DE FICHAS DISPONÍVEIS  PARA O ATENDIMENTO COM CARTAZ EXPOSTO NA PORTA OU EM LOCAL VISÍVEL PARA AS PESSOAS QUE PRECISAM DESTE ATENDIMENTO.</t>
   </si>
   <si>
     <t>4630</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4630/4630_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4630/4630_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE A FAIXA DE SEGURANÇA EM FRENTE A ESCOLA  COOPEC SEJA PINTADA PARA MELHOR VISUALIZAÇÃO DOS MOTORISTAS  PROPORCIONANDO SEGURANÇA AOS PEDESTRES.</t>
   </si>
   <si>
     <t>4631</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4631/4631_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4631/4631_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE OS ABRIGOS DE ÔNIBUS NOS BAIRROS E CENTRO DA CIDADE DE CANELA TENHAM ILUMINAÇÃO PARA MELHOR SEGURANÇA DO USUÁRIOS DO TRANSPORTE PÚBLICO.</t>
   </si>
   <si>
     <t>4633</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4633/4633_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4633/4633_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve"> INDICAÇÃO SUGESTÃO PARA QUE A ÁREA ONDE FICAM AS RUÍNAS DO ANTIGO CASSINO SEJA REMODELADA, REVITALIZADA ATRAVÉS DE PARCERIA PÚBLICO PRIVADA PARA A POSSÍVEL CONSTRUÇÃO DE UM TEATRO MUNICIPAL MODELO, COM ANFITEATRO, SAGUÃO PARA EXPOSIÇÃO DE ARTISTAS, ÁREA EXTERNA DESTINADA PARA ESPETÁCULOS AO AR LIVRE, POSSIBILITANDO AO ENTORNO DA CONSTRUÇÃO LOCAIS DESTINADOS PARA PRAÇA DE ALIMENTAÇÃO, LOJAS E ÁREA DE LAZER POSSIBILITANDO AOS VISITANTES E COMUNIDADE LOCAL DESFRUTAREM DE OBRAS TEATRAIS, VIABILIZANDO A APRESENTAÇÃO DE GRUPOS LOCAIS, NACIONAIS E INTERNACIONAIS. </t>
   </si>
   <si>
     <t>4635</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4635/4635_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4635/4635_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA COLOCADO O TELHADO NO ABRIGO DE ÔNIBUS NA RUA PATRÍCIO ZINI  COM RUA  MAL. COSTA E SILVA.</t>
   </si>
   <si>
     <t>4636</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4636/4636_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4636/4636_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA ANALISADO E REVISADO O CADASTRO DOS ALUNOS DA REDE DE ESCOLINHAS E CRECHES MUNICIPAIS   QUANTO AO ENDEREÇO DOS CADASTRADOS PARA QUE SEJAM REALOCADOS PARA ESCOLINHAS E CRECHES PRÓXIMAS DE SUAS RESIDÊNCIAS REDUZINDO DESTA FORMA O GASTO COM TRANSPORTE POR PARTE DOS PAIS QUE NA GRANDE MAIORIA SÃO CARENTES OU NÃO POSSUEM CONDIÇÕES DE PAGAR UMA VAN PARA O TRANSPORTE DAS MESMAS.</t>
   </si>
   <si>
     <t>4637</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4637/4637_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4637/4637_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE A OS PONTOS DE PARADAS DE ÔNIBUS TENHAM RECUO OBRIGATÓRIO, PARA O EMBARQUE E DESEMBARQUE DOS PASSAGEIROS NOS BAIRROS.</t>
   </si>
   <si>
     <t>4638</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4638/4638_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4638/4638_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE A RUA DOS PINHEIROS , BAIRRO ALPES VERDES, RECEBA MANUTENÇÃO COM MATERIAL, SAIBROS E CASCALHO POIS HÁ MUITOS BURACOS E BARRO DIFICULTANDO O TRÂNSITO DOS MORADORES LOCAIS.</t>
   </si>
   <si>
     <t>4639</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4639/4639_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4639/4639_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE A RUA FRANCISCO ALBUQUERQUE MONTENEGRO NO BAIRRO SÃO LUIS RECEBA PAVIMENTAÇÃO.</t>
   </si>
   <si>
     <t>4640</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4640/4640_texto_integral.pdf</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4640/4640_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE A UTILIZAÇÃO DE LÂMPADAS OU LUMINÁRIAS DE DIODO EMISSOR DE LUZ ­ LED ­ EM ESPAÇOS PÚBLICOS DO MUNICÍPIO DE CANELA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4646</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4646/4646_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4646/4646_texto_integral.docx</t>
   </si>
   <si>
     <t>QUE SEJA SEGUIDO O EXEMPLO DA CIDADE DE UBERLÂNDIA E UTILIZADO O PROJETO DE FOSSA SÉPTICA SUSTENTÁVEL PARA BENEFICIAR AS FAMÍLIAS CARENTES DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>4650</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4650/4650_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4650/4650_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve"> A INDICAÇÃO PARA QUE NA MELVIN JONES BAIRRO CENTRO A SINALIZAÇÃO DAS FAIXAS DE SEGURANÇA  E ESTACIONAMENTO EXCLUSIVO PARA O EMBARQUE E DESEMBARQUE DOS ALUNOS SEJA REVITALIZADO, COM A PINTURA ADEQUADA PARA ESTES PONTOS DA RUA, PROPORCIONANDO MAIS SEGURANÇA Á TODOS.</t>
   </si>
   <si>
     <t>4651</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4651/4651_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4651/4651_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITA A SINALIZAÇÃO DA FAIXA DE SEGURANÇA NA RUA PAUL HARRIS, EM FRENTE A ESCOLINHA INFANTIL.</t>
   </si>
   <si>
     <t>4652</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4652/4652_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4652/4652_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITA A TROCA DE LÂMPADAS NA RUA PATRÍCIO ZINI N° 1440, POIS O MESMO LOCAL ESTÁ SEM ILUMINAÇÃO PÚBLICA A QUATRO MESES.</t>
   </si>
   <si>
     <t>4653</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4653/4653_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4653/4653_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO SUGESTÃO PARA QUE OS PRESIDENTES DE BAIRRO DA CIDADE DE CANELA TENHAM DISPONIBILIZADA A TRIBUNA DA CÂMARA DE VEREADORES PARA EXPÔR SOBRE SEU BAIRRO, ANSEIOS, IDEIAS PROBLEMAS E PROJETOS.</t>
   </si>
   <si>
     <t>4654</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4654/4654_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4654/4654_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJAM COLOCADAS AS PLACAS  (DÊ PREFERÊNCIA)  NAS RÓTULAS ORIENTANDO OS MOTORISTAS.</t>
   </si>
   <si>
     <t>4655</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4655/4655_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4655/4655_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE A PARADA DE ÔNIBUS NA RUA PEDRO ÁLVARES CABRAL COM ALBERTO HIKMAM NO BAIRRO DISTRITO INDUSTRIAL SEJA ARRUMADA (CONCERTADA) ESTÁ CAINDO E SEM TELHADO.</t>
   </si>
   <si>
     <t>4656</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4656/4656_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4656/4656_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO SUGESTÃO PARA QUE AS RUAS CENTRAIS DA CIDADE DE CANELA RECEBAM MANUTENÇÃO APÓS HORÁRIO COMERCIAL, COMO SINALIZAÇÃO POR EXEMPLO (PINTURAS DE FAIXA DE SEGURANÇA, QUEBRA MOLAS E OUTROS) A EXECUÇÃO DESTES SERVIÇOS  OBSTRUEM O TRÂNSITO NOS HORÁRIOS DE MOVIMENTO. SUGERIMOS QUE ESTES TRABALHOS SEJAM REALIZADOS ANTES DO HORÁRIO COMERCIAL OU APÓS HORÁRIO COMERCIAL, ENTRE 8:30 (OITO E TRINTA DA MANHÃ) E 19:00 (DEZENOVE HORAS DA NOITE. </t>
   </si>
   <si>
     <t>4657</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4657/4657_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4657/4657_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO SUGERINDO, QUE ENTRE EM CONTADO COM OS PROPRIETÁRIOS DAS ÁREAS DE TERRAS LOCALIZADA EM ÁREAS RURAIS COMPREENDIDOS PELOS MORROS CONHECIDOS POPULARMENTE POR MORRO PELADO E MORRO DO DEDÃO E MORRO QUEIMADO, A POSSIBILIDADE DE UMA PARCERIA PUBLICO/PRIVADA PARA QUE AQUELAS ÁREAS SEJAM MELHOR APROVEITADAS, EM BENEFÍCIO DO MUNICÍPIO DE CANELA E COMUNIDADE.</t>
   </si>
   <si>
     <t>4658</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4658/4658_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4658/4658_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO PARA QUE AS FAIXAS DE SEGURANÇA E LOCAIS DESTINADOS AO EMBARQUE E DESEMBARQUE DOS ALUNOS EM FRENTE AS ESCOLAS DE CANELA RECEBAM MANUTENÇÃO, COM PINTURAS DE FAIXAS DE SEGURANÇA E CORDÕES. </t>
   </si>
   <si>
     <t>4659</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4659/4659_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4659/4659_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO SUGESTÃO DE PROJETO DE LEI QUE REGULAMENTA O HORÁRIO PARA SERVIÇOS DE CARGA E DESCARGA NA ÁREA CENTRAL DE CANELA PROIBINDO DESTA FORMA ESTE SERVIÇO ENTRE AS 9:00 (NOVE HORAS ) DA MANHÃ ATÉ AS 19:00 (DEZENOVE HORAS DA NOITE . PARA VEÍCULOS COM MAIS DE 3,5 TON. VEÍCULOS COM 3,5 TON OU INFERIOR A ESTE PESO SEGUEM LIBERADOS PARA REALIZAR O SERVIÇO DURANTE O HORÁRIO COMERCIAL.</t>
   </si>
   <si>
     <t>4660</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4660/4660_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4660/4660_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve"> DISPÕE SOBRE O PROGRAMA CALÇADA CIDADÃ É CALÇADA LEGAL, QUE CONSCIENTIZA A POPULAÇÃO SOBRE A IMPORTÂNCIA DAS CALÇADAS DA CIDADE E PARA ESCLARECER O PAPEL DE CADA UM NO PROCESSO DE CONSTRUÇÃO E MANUTENÇÃO DO PASSEIO PÚBLICO. </t>
   </si>
   <si>
     <t>4661</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4661/4661_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4661/4661_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE AS ÁREAS DE TERRA E LOTES PERTENCENTES A PREFEITURA MUNICIPAL DE CANELA SEJAM DEMARCADAS E SINALIZADAS INFORMANDO QUE É ÁREA PERTENCENTE AO MUNICÍPIO DE CANELA E QUE SE FORAM INVADIDAS OU UTILIZADAS INDEVIDAMENTE PODERÃO SOFRER PUNIÇÕES CONFORME LEI VIGENTE, MEDIDA SUGERIDA PARA QUE ESTAS ÁREAS E LOTES NÃO SOFRAM INVASÕES OU TORNEM-SE DEPÓSITO DE LIXO.</t>
   </si>
   <si>
     <t>4662</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4662/4662_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4662/4662_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE OS MORADORES DAS ÁREAS INVADIDAS NA CIDADE DE CANELA E CADASTRADOS PELA ASSISTÊNCIA SOCIAL SEJAM REMANEJADOS PARA ÁREAS DEFINIDAS PELA PREFEITURA. É SABIDO QUE EXISTE O PROJETO RENASCER EM CANELA E CONTA COM DEZENAS DE LOTES PADRÃO, SUGERIMOS QUE ESTAS FAMÍLIAS SEJAM REALOCADAS PARA ESTE ESPAÇO.</t>
   </si>
   <si>
     <t>4673</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4673/4673_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4673/4673_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO SUGESTÃO PARA QUE SEJA CRIADO UM PROGRAMA DE CONSCIENTIZAÇÃO JUNTO À COMUNIDADE DE CANELA   SOBRE A CRIAÇÃO DE ANIMAIS DOMÉSTICOS (CÃES, GATOS E OUTROS).</t>
   </si>
   <si>
     <t>4674</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4674/4674_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4674/4674_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO SUGERINDO A PROPOSTA DE LEI QUE &amp;#8220;DISPÕE SOBRE A CRIAÇÃO E FUNCIONAMENTO DO CANIL MUNICIPAL, DENTRO DO MUNICÍPIO DE CANELA&amp;#8221; COMO CONSTA NA PROPOSTA EM ANEXO.</t>
   </si>
   <si>
     <t>4675</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4675/4675_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4675/4675_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO SUGESTÃO PARA QUE SEJA VIABILIZADA UMA UNIDADE DE ESCOLA TÉCNICA FEDERAL NA CIDADE DE CANELA, ATRAVÉS DO MEC QUE POSSUI PROJETO PADRÃO PARA A IMPLANTAÇÃO DE UNIDADES DE ESCOLAS TÉCNICAS NO PAIS. SEGUE EM ANEXO PROJETO PADRÃO DO MEC PARA OS DEVIDOS ESCLARECIMENTOS.</t>
   </si>
   <si>
     <t>4676</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4676/4676_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4676/4676_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO SUGESTÃO PARA QUE SEJA ANALISADA A POSSIBILIDADE DE INCLUIR NA GRADE CURRICULAR MUNICIPAL O ENSINO BÍBLICO EM UMA AULA POR SEMANA, RESPEITANDO AOS PAIS  OPTAREM POR INSCRIÇÃO EM  OUTRA MATÉRIA NESTE PERÍODO, NÃO FERINDO ASSIM A LIBERDADE DE ESCOLHA, PREVISTA PELA CONSTITUIÇÃO BRASILEIRA.</t>
   </si>
   <si>
     <t>4677</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4677/4677_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4677/4677_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE A ILUMINAÇÃO DAS ESCOLAS MUNÍCIPAIS DE CANELA RECEBA MANUTENÇÃO POIS HÁ MUITAS LÂMPADAS QUEIMADAS DIFICULTANDO O ESTUDO DOS ALUNOS PRINCIPALMENTE NO TURNO EJA.</t>
   </si>
   <si>
     <t>4678</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4678/4678_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4678/4678_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO SUGESTÃO PARA QUE A PREFEITURA ATRAVÉS DAS SECRETARIAS DE OBRAS E TRÂNSITO ENTRE EM CONTATO COM A RGE PARA QUE OS POSTES DE ENERGIA ELÉTRICA QUE ESTÃO EM FRENTE AOS ACESSOS DAS RESIDÊNCIAS SEJAM RECOLOCAODOS EM PONTOS ONDE NÃO OBSTRUA ESTA ACESSIBILIDADE.</t>
   </si>
   <si>
     <t>4679</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4679/4679_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4679/4679_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE NA PRAÇA  JOÃO CORREA  SEJA REVITALIZADA A ÁREA DOS BRINQUEDOS, COLOCANDO AREIA, ILUMINAÇÃO, BANCOS NOVOS LIXEIRAS COM TAMPAS  PARA  MAIOR COMODIDADE DOS FAMILIARES QUE FREQUENTAM A PRACINHA NOS DIAS DE SOL E FINAIS DE SEMANA.</t>
   </si>
   <si>
     <t>4680</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4680/4680_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4680/4680_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO PARA QUE A RUA LONDRES NO BAIRRO EUGÊNIO FERREIRA SEJA PAVIMENTADA.  </t>
   </si>
   <si>
     <t>4681</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4681/4681_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4681/4681_texto_integral.doc</t>
   </si>
   <si>
     <t>UE SEJA FEITO NO MUNICÍPIO DE CANELA O PROJETO DE LEI SUGESTÃO COMPLEMENTAR QUE SEGUE EM ANEXO, CUJA EMENTA SEGUE A SEGUINTE REDAÇÃO: DISPÕE SOBRE  O PROGRAMA DE PARCELAMENTO ESPECIAL DE DÉBITOS PARA FINS DE EXPEDIÇÃO DO "HABITE-SE" E CRIA A CERTIDÃO POSITIVA COM EFEITO DE NEGATIVA A SER EMITIDA.</t>
   </si>
   <si>
     <t>4688</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4688/4688_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4688/4688_texto_integral.doc</t>
   </si>
   <si>
     <t>PARA A PREFEITURA MUNICIPAL DE CANELA FAZER UMA &amp;#8220;SEMANA DE COMBATE A DEPRESSÃO&amp;#8221;.</t>
   </si>
   <si>
     <t>4693</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4693/4693_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4693/4693_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA INSTALAÇÃO DE ILUMINAÇÃO PUBLICA NA AV. CÔNEGO JOÃO MARCHESI, AUTOS DA RS 235, DEPÓSITO DETRAN ATÉ O MERCADO AGOSTINHO ENTRADA DO PARQUE DE RODEIOS DE CANELA.</t>
   </si>
   <si>
     <t>4694</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4694/4694_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4694/4694_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO SUGESTÃO PARA QUE A PREFEITURA ATRAVÉS DA SECRETÁRIA DE TRANSPORTES POSSA FAZER UMA VISTORIA NOS ELEVADORES DE ÔNIBUS E VEÍCULOS DE TRANSPORTE PÚBLICO QUE PRESTAM SERVIÇOS Á COMUNIDADE, POIS ALGUNS ESTÃO COM O EQUIPAMENTO DE ELEVAÇÃO QUEBRADOS E OS USUÁRIOS DEFICIENTES NÃO CONSEGUEM USUFRUIR DESTE TRANSPORTE QUE É GARANTIDO POR LEI. 13.146 .</t>
   </si>
   <si>
     <t>4695</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4695/4695_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4695/4695_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA IMPLANTADA A SALA DO EMPREENDEDOR EM PARCERIA COM O SEBRAE, PARA REALIZAR ATENDIMENTOS AOS EMPREENDEDORES DA  CIDADE DE CANELA.</t>
   </si>
   <si>
     <t>4696</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4696/4696_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4696/4696_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO SUGESTÃO PARA CRIAÇÃO DE PROGRAMA DE ATENÇÃO ESPECIAL AO PACIENTE COM CÂNCER DE QUALQUER NATUREZA, PRIORIZANDO ATENDIMENTOS DOMICILIAR OU NÃO, EXAMES, DIAGNÓSTICOS, TRANSPORTE,  LEITOS E TODA A ESTRUTURA NECESSÁRIA PARA ESTES PACIENTES E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4697</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4697/4697_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4697/4697_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA CONSTRUÍDA A CAPELA MORTUÁRIA NO BAIRRO VILA DANTE.</t>
   </si>
   <si>
     <t>4698</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4698/4698_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4698/4698_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA TROCADAS AS LÂMPADAS NA RUA GAUCHOLÂNDIA AUTOS N° 45 E 115 POIS NESTES LOCAIS AS LÂMPADAS ESTÃO QUEIMADAS.</t>
   </si>
   <si>
     <t>4699</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4699/4699_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4699/4699_texto_integral.doc</t>
   </si>
   <si>
     <t>A INDICAÇÃO PARA QUE SEJA TROCADAS AS LÂMPADAS NA RUA SÃO PEDRO, AUTOS N° 207 E 48, NESTA RUA Á ESCURIDÃO  DEIXA A RUA INSEGURA.</t>
   </si>
   <si>
     <t>4700</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4700/4700_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4700/4700_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA TROCADAS AS LÂMPADAS NA RUA SANTA RITA,  AUTOS N° 76 EM FRENTE A ESTA RESIDÊNCIA A LÂMPADA ESTÁ QUEIMADA Á MUITO TEMPO.</t>
   </si>
   <si>
     <t>4701</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4701/4701_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4701/4701_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA TROCADAS AS LÂMPADAS NA RUA E, TODAS ESTÃO QUEIMADAS EXCETO AUTOS N° 368, ESCURIDÃO EM TODA A RUA OS MORADORES PEDEM ILUMINAÇÃO E SEGURANÇA.</t>
   </si>
   <si>
     <t>4702</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4702/4702_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4702/4702_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA TROCADAS AS LÂMPADAS NA RUA D, EM FRENTE A CASA DE N° 765, NA SUBIDA DO MORRO, EM DIAS DE CHUVA FICA IMPOSSÍVEL DE PASSAR A PÉ NO LOCAL.</t>
   </si>
   <si>
     <t>4703</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4703/4703_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4703/4703_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJAM CONSTRUÍDAS CAPELAS MORTUÁRIAS NOS BAIRROS QUE AINDA NÃO POSSUEM CAPELAS, EM PARCERIA PREFEITURA/COMUNIDADE COMO A MAIORIA FOI CONSTRUÍDA.</t>
   </si>
   <si>
     <t>4704</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4704/4704_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4704/4704_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA CONSTRUÍDA A REDE DE ESGOTO PLUVIAL  NA RUA SANTA MARIA QUE FICA ENTRE AS RUAS,  FARRAPOS E GAUCHOLÂNDIA, EM PARCERIA  PREFEITURA/MORADOR.</t>
   </si>
   <si>
     <t>4723</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4723/4723_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4723/4723_texto_integral.doc</t>
   </si>
   <si>
     <t>PARA QUE SEJA ESTUDADA PELO EXECUTIVO ATRAVÉS DO DEPARTAMENTO RESPONSÁVEL, UM CONTATO COM A RODOVIÁRIA DE CANELA SUGERINDO A COLOCAÇÃO DE PAINEL EXPONDO OS HORÁRIOS E ITINERÁRIOS DE VIAGENS QUE PARTEM DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>4722</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4722/4722_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4722/4722_texto_integral.doc</t>
   </si>
   <si>
     <t>PARA QUE SEJA ESTUDADA PELO MUNICÍPIO ATRAVÉS DA SECRETARIA DA SAÚDE E OU VIGILÂNCIA SANITÁRIA, A POSSIBILIDADE DE SER FEITO PELOS AGENTES DE SAÚDE DO MUNICÍPIO DURANTE AS VISITAS, UM CADASTRAMENTO DO NÚMERO DE CÃES EXISTENTES EM CADA RESIDÊNCIA.</t>
   </si>
   <si>
     <t>4721</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4721/4721_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4721/4721_texto_integral.doc</t>
   </si>
   <si>
     <t>PARA QUE SEJA ESTUDADA PELO EXECUTIVO A POSSIBILIDADE DE CONTATO COM O DAER (DEPARTAMENTO AUTÔNOMO DE ESTRADAS E RODAGEM) E OU ÓRGÃOS COMPETENTES, PARA SUGERIR A  SUBSTITUIÇÃO DAS FAIXAS DE PEDESTRES OU DE  SEGURANÇA EXISTENTES NA RS 235 ENTRE CANELA E GRAMADO POR PASSARELAS.</t>
   </si>
   <si>
     <t>4720</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4720/4720_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4720/4720_texto_integral.doc</t>
   </si>
   <si>
     <t>PARA QUE SEJA ESTUDADA PELO EXECUTIVO ATRAVÉS DO DEPARTAMENTO RESPONSÁVEL, A POSSIBILIDADE DE CONTATO COM A EMPRESA CITRAL,  PARA SUGERIR QUE ALGUNS  HORÁRIOS DE VIAGENS A PORTO ALEGRE, CLASSE EXECUTIVA QUE PARTEM DA RODOVIÁRIA DE  GRAMADO INICIEM SEU ITINERÁRIO DA RODOVIÁRIA DE CANELA.</t>
   </si>
   <si>
     <t>4716</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4716/4716_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4716/4716_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO SUGESTÃO  QUE SEJA FEITO A PAVIMENTAÇÃO DA RUA ADALBERTO WORTMAM, DANDO SEGUIMENTO A PAVIMENTAÇÃO QUE VAI ATÉ AUTOS DA ALAMEDA ADALBERTO WORTMAM 1.</t>
   </si>
   <si>
     <t>4715</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4715/4715_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4715/4715_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO SUGESTÃO  QUE SEJA FEITO A TUBULAÇÃO DE ESGOTO NA RUA SULLY SILVESTRIN QUE  LIGA  O BAIRRO VILA MINA A AV. CÔNEGO JOÃO MARCHESI.</t>
   </si>
   <si>
     <t>4714</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4714/4714_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4714/4714_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO SUGESTÃO  QUE SEJA FEITA APVIMENTAÇÃO DA RUA PROFESSORA LAURA WORTMAM NO BAIRRO SÃO LUCAS.</t>
   </si>
   <si>
     <t>4713</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4713/4713_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4713/4713_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO SUGESTÃO  QUE SEJA COSNTRUÍDA UMA CRECHE NO BAIRRO VILA DANTE  PARA ATENDIMENTO Á COMUNIDADE LOCAL.</t>
   </si>
   <si>
     <t>4712</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4712/4712_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4712/4712_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO SUGESTÃO  QUE SEJA FEITO A MEDIÇÃO DAS RUAS DO BAIRRO VILA IRMA, ONDE HÁ MUITAS RESIDÊNCIAS SENDO CONSTRUÍDAS EM CIMA DA RUA DIMINUINDO CADA VEZ MAIS A DIMENSÃO DA VIA PÚBLICA.</t>
   </si>
   <si>
     <t>4711</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4711/4711_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4711/4711_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO QUE SEJA FEITO A LIMPEZA DOS MONUMENTOS AO LONGO DA RS 235, ( LIONS CLUBE, ROTARI CLUB, E OUTROS ).   </t>
   </si>
   <si>
     <t>4710</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4710/4710_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4710/4710_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITO A REDE DE ESGOTO VILA IRMA.</t>
   </si>
   <si>
     <t>4709</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4709/4709_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4709/4709_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA PAVIMENTAÇÃO RUA SULLY SILVESTRIN.</t>
   </si>
   <si>
     <t>4708</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4708/4708_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4708/4708_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO SUGESTÃO PARA A PAVIMENTAÇÃO DA RUA ALAMEDA CÔNEGO JOÃO MARCHESI.</t>
   </si>
   <si>
     <t>4746</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4746/4746_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4746/4746_texto_integral.doc</t>
   </si>
   <si>
     <t>PARA QUE SEJA ESTUDADA PELO EXECUTIVO ATRAVÉS DA SECRETARIA RESPONSÁVEL, A POSSIBILIDADE DE UM CONTATO COM OS PROPRIETÁRIOS DOS TERRENOS PARA A  ABERTURA DE UMA RUA ENTRE A JULIO DE CASTILHOS E DONA CARLINDA, DANDO SEGUIMENTO A RUA DANTON CORRÊA DA SILVA, PARA FACILITAR,  AGILIZAR, E DESAFOGAR O FLUXO DOS VEÍCULOS.</t>
   </si>
   <si>
     <t>4745</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4745/4745_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4745/4745_texto_integral.doc</t>
   </si>
   <si>
     <t>PARA QUE SEJA ESTUDADA PELO EXECUTIVO ATRAVÉS DA SECRETARIA RESPONSÁVEL, A POSSIBILIDADE DE INSTALAÇÃO E OU IMPLANTAÇÃO DE UM RETORNO NA RS 235, NO TRECHO ENTRE A SAÍDA DO HOTEL LAJE DE PEDRA E ANTES DO POSTO DE COMBUSTÍVEL RAMOS.</t>
   </si>
   <si>
     <t>4743</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4743/4743_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4743/4743_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITA A LIMPEZA DO CANAL QUE PASSA NA LATERAL DA VILA MINÁ, NA RUA SULLY SILVESTRIN(ANTIGA RUA DO BANHADO).</t>
   </si>
   <si>
     <t>4742</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4742/4742_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4742/4742_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO SUGESTÃO PARA QUE A NO FINAL DA RUA SETE DE SETEMBRO ONDE INICIA A RUA SÃO JOÃO SEJA SINALIZADA ADEQUADAMENTE COM TACHÕES, PINTURA E FAIXA DE SEGURANÇA.</t>
   </si>
   <si>
     <t>4741</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4741/4741_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4741/4741_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO PARA QUE SEJA FEITA  FAIXAS DE SEGURANÇA  NA RUA GETÚLIO VARGAS, ENTRADA DE CANELA,  HÁ INTENSO MOVIMENTO DE VEÍCULOS NESTA VIA E MUITOS PEDESTRES NECESSITAM DE SEGURANÇA PARA EXECUTAR  TRAVESSIA AO LONGO DA RUA. </t>
   </si>
   <si>
     <t>4740</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4740/4740_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4740/4740_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO SUGESTÃO PARA QUE AO LONGO DA  RS 235 SAÍDA DE CANELA, SEJA FEITA A MANUTENÇÃO (CONCERTO E LIMPEZA DAS BOCAS DE LOBO),  HÁ PONTOS DE ALAGAMENTOS CONSTANTES NA VIA, SEMPRE QUE OCORRE CHUVAS.</t>
   </si>
   <si>
     <t>4739</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4739/4739_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4739/4739_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO SUGESTÃO PARA QUE AS PLACAS PUBLICITÁRIAS SEJAM PADRONIZADAS EM SUAS ESTRUTURAS E DIMENSÕES COM LOCAL PRÉ DEFINIDO PELA PREFEITURA MUNICIPAL DE CANELA.</t>
   </si>
   <si>
     <t>4738</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4738/4738_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4738/4738_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO SUGESTÃO PARA QUE SEJA CONSTRUÍDA CAPELA DENTRO DA ÁREA DO CEMITÉRIO MUNICIPAL E ECUMENICO E ÁREAS RURAIS. </t>
   </si>
   <si>
     <t>4737</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4737/4737_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4737/4737_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO PARA QUE NA RUA VOLUNTÁRIOS DA PÁTRIA NO BAIRRO SÃO RAFAEL RECEBA MANUTENÇÃO COM PATROLAGEM E SAIBROS. </t>
   </si>
   <si>
     <t>4736</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4736/4736_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4736/4736_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO PARA SEJA CRIADO JUNTO AS ASSOCIAÇÃO DE ARTESÕES, MICRO ASSOCIAÇÕES NOS BAIRROS PARA PRODUZIR PRODUTOS TIPICOS DA REGIÃO E OUTRO EM ESPECIAL ARTESANATO ENDEREÇADO A PESSOAS CARENTES PARA UM COMPLEMENTO DA RENDA FAMILIAR. </t>
   </si>
   <si>
     <t>4735</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4735/4735_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4735/4735_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO  SUGERINDO QUE COLOQUEM SECADORES DE MÃOS ELÉTRICOS NOS BANHEIROS PÚBLICOS. </t>
   </si>
   <si>
     <t>4749</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4749/4749_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4749/4749_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO  SUGESTÃO PARA QUE A PANFLETERIA EM CANELA SEJA CONTROLADA ATRAVÉS DA FISCALIZAÇÃO DA PREFEITURA, HÁ MUITAS EMPRESAS ( PARQUES E LOJAS ) DE OUTRAS CIDADES QUE ESTÃO PANFLETEANDO NA CIDADE DE CANELA  PARA QUE O VISITANTE DA CIDADE DE CANELA VÁ PARA OUTROS LOCAIS FORA DAQUI. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4733</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4733/4733_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4733/4733_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO SUGERINDO A PROPOSTA DE LEI QUE &amp;#8220;AUTORIZA O PODER EXECUTIVO A IMPLANTAR TERAPIAS NATURAIS NO SISTEMA MUNICIPAL DE SAÚDE, PARA O ATENDIMENTO DA POPULAÇÃO, NO MUNICÍPIO DE CANELA.</t>
   </si>
   <si>
     <t>4730</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4730/4730_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4730/4730_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO, QUE SEJA LIBERADO UM ESPAÇO NA CASA DE PEDRA OU NO ANTIGO CINEMA, PARA QUE OS ARTESÃOS QUE TINHAM SUAS LOJAS DENTRO DO PRÉDIO DA ANTIGA ESTAÇÃO DE TREM POSSAM VOLTAR A SUAS ATIVIDADES. </t>
   </si>
   <si>
     <t>4751</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4751/4751_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4751/4751_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITO QUE SEJA ESTUDADA PELO EXECUTIVO MUNICIPAL A POSSIBILIDADE DE SER FEITO OS BAILES DA 3° IDADE NO CTG QUERÊNCIA, DIMINUINDO O CUSTO DO VALOR QUE É PAGO PELO MUNICÍPIO.</t>
   </si>
   <si>
     <t>4752</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4752/4752_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4752/4752_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA A CONTRATAÇÃO  DE PROFISSIONAIS PARA A UNIDADE SAE HORTÊNCIAS,  SERVIÇO DE ATENÇÃO ESPECIALIZADA MICRO REGIONAL,  QUE HOJE NECESSITA DE UM FARMACÊUTICO (A) PARA SUPERVISÃO DOS ATENDIMENTOS E DISPENSAÇÃO DE MEDICAMENTOS ALÉM DO CONTROLE DOS MESMOS, A UNIDADE TAMBÉM NECESSITA DE UM GASTROENTEROLOGISTA, PARA O ATENDIMENTO ESPECIALIZADO DA UNIDADE. PACIÊNTES COM TUBERCULOSE E HEPATITES ESTÃO SENDO TRATADOS EM CAXIAS DO SUL, COM OS PROFISSIONAIS EM CANELA  ESTES PACIÊNTES SERÃO ATENDIDOS NO SAE HORTÊNCIAS.</t>
   </si>
   <si>
     <t>4753</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4753/4753_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4753/4753_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO PARA QUE A UNIDADE SAE HORTÊNCIAS,  SERVIÇO DE ATENÇÃO ESPECIALIZADA MICRO REGIONAL,  RECEBA MATERIAL BÁSICO DE APOIO, LIXEIRAS, ARMÁRIOS COM PORTAS, BALANÇA PARA A PESAGEM DOS PACIENTES, BOMBONA DE ÁGUA . </t>
   </si>
   <si>
     <t>4754</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4754/4754_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4754/4754_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO SUGESTÃO DE PROJETO DE LEI PARA SIMPLIFICAÇÃO DE EMISSÃO DE ALVARÁ DE APROVAÇÃO DE EMPREENDIMENTOS.</t>
   </si>
   <si>
     <t>4755</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4755/4755_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4755/4755_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO SUGESTÃO PARA A MANUTENÇÃO DAS BOCAS DE LOBO NA AVENIDA JUCELINO KUBITSCHEK, NO BAIRRO SÃO RAFAEL.</t>
   </si>
   <si>
     <t>4756</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4756/4756_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4756/4756_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO SUGESTÃO PARA IMPLANTAÇÃO DE QUEBRA - MOLAS E FAIXAS DE SEGURANÇA NA RUA PRIMEIRO DE JANEIRO COM A RUA DA IGREJA NO BAIRRO SANTA MARTA, É MUITO MOVIMENTADO POR ÔNIBUS, CAMINHÕES E CARROS, ALÉM DOS PEDESTRES,  MUITOS VEÍCULOS PASSAM EM ALTA VELOCIDADE. </t>
   </si>
   <si>
     <t>4757</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4757/4757_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4757/4757_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO SUGESTÃO PARA IMPLANTAÇÃO DE QUEBRA - MOLAS E FAIXAS DE SEGURANÇA NA RUA DOS PIRATAS COM A RUA DA IGREJA NO BAIRRO SANTA MARTA, NESTE PONTO DAS VIAS ACORRE MUITOS ACIDENTES DEVIDO A ALTA VELOCIDADE DOS VEÍCULOS. </t>
   </si>
   <si>
     <t>4759</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4759/4759_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4759/4759_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SUGERE AO EXECUTIVO MUNICIPAL ENTRE EM CONTATO COM O A SECRETÁRIA DE SEGURANÇA DO ESTADO E SEJA FEITO UMA PARCERIA ENTRE A BRIGADA MILITAR E SECRETÁRIA DA EDUCAÇÃO DO MUNICÍPIO, ONDE SE UTILIZE OS POLICIAIS APOSENTADOS E QUE OS MESMO FAÇAM SEGURANÇA EM FRENTE DAS ESCOLAS DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>4766</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4766/4766_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4766/4766_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE OS TRATAMENTOS DENTÁRIOS DENTRO DAS UNIDADES DE SAÚDE DE CANELA SEJAM AMPLIADOS, COM OBTURAÇÕES, LIMPEZAS, RESTAURAÇÕES, MICRO-CIRURGIAS E COLOCAÇÃO DE APARELHOS ORTODÔNTICOS,  NECESSÁRIOS PARA A SAÚDE BUCAL.</t>
   </si>
   <si>
     <t>4767</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4767/4767_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4767/4767_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE A RUA SANTINA DE OLIVEIRA NO BAIRRO BOM JESUS,  SEJA FEITA  MANUTENÇÃO URGENTE COM PATROLAGEM E ACASCALHAMENTO,  ENCONTRA-SE INTRANSITÁVEL BURACOS E PEDRAS SOLTAS POR TODA A EXTENSÃO  DA RUA.</t>
   </si>
   <si>
     <t>4768</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4768/4768_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4768/4768_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE NA RUA EDMUNDO ANSCHAU NO BAIRRO SANTA MARTA SEJA CONSTRUÍDA A REDE DE ESGOTO, NESTA RUA EXISTE MAIS DE 15 RESIDÊNCIAS E TODAS POSSUEM SUMIDOURO, FOSSA SÉPTICA, PORÉM O TERRENO É ARGILOSO E NÃO ABSORVE A ÁGUA.</t>
   </si>
   <si>
     <t>4769</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4769/4769_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4769/4769_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PRA QUE NAS RÓTULAS DA CIDADE DE CANELA SEJAM INSTALADAS AS PLACAS DE ORIENTAÇÃO `` DÊ PREFERÊNCIA &amp;#180;&amp;#180; DESTA FORMA CONSCIENTIZANDO E ORIENTANDO OS MOTORISTAS NO TRÂNSITO DE CANELA.</t>
   </si>
   <si>
     <t>4770</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4770/4770_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4770/4770_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PRA QUE A RUA TRAVESSA PASSO DO LORO NO ZONA RURAL,  RECEBA MANUTENÇÃO URGENTE COM PATROLAGEM E COLOCAÇÃO DE CASCALHOS , ESTÁ INTRANSITÁVEL.</t>
   </si>
   <si>
     <t>4771</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4771/4771_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4771/4771_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE O ACESSO AO PARQUE DA CACHOEIRA RECEBA MELHORIAS COM NIVELAMENTO E SAIBROS, MUITOS VISITANTES FREQUANTAM O LOCAL E UTILIZAM A VIA RS 476 PARA CHEGAR ATÉ O LOCAL.</t>
   </si>
   <si>
     <t>4772</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4772/4772_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4772/4772_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE A RUA EDMUNDO ANSCHAU NO BAIRRO SANTA MARTA RECEBA MELHORIAS COM PATROLAGEM E COLOCAÇÃO DE SAIBROS.</t>
   </si>
   <si>
     <t>4773</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4773/4773_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4773/4773_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO SUGESTÃO PARA QUE SEJAM FEITOS CONTRATOS URGENTES PARA COM AS CLINICAS DE PRESTAÇÃO DE SERVIÇOS DE EXAMES MÉDICOS, COMO ECOGRAFIAS, TOMOGRAFIAS, ECOCARDIOGRAMAS E RESSONÂNCIAS, PARA O ATENDIMENTO DA DEMANDA CRESCENTE EM NOSSA CIDADE, DEVIDO A FALTA DE PROFISSIONAIS E PRESTADORES DE SERVIÇOS ESPECIALIZADOS.</t>
   </si>
   <si>
     <t>4774</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4774/4774_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4774/4774_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA CONCERTADO OS CANOS DE ESGOTO NA RUA SANTINA DE OLIVEIRA BAIRRO BOM JESUS, EM ALGUNS PONTOS DA RUA ESTÃO QUEBRADOS COM MONTES DE TERRA EM CIMA, DIFICULTANDO AINDA MAIS A ACESSIBILIDADE DOS MORADORES.</t>
   </si>
   <si>
     <t>4775</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4775/4775_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4775/4775_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA  AMPLIADO O NÚMERO DE ATENDIMENTOS  E CONSULTAS REALIZADOS PELOS DENTISTAS  NAS UNIDADES  DE SAÚDE DE  CANELA.</t>
   </si>
   <si>
     <t>4776</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4776/4776_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4776/4776_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO SUGESTÃO PARA QUE NA RUA ASSIS BRASIL COM ALMIRANTE BARROSO E NOSSA SENHORA MEDIANEIRA NO BAIRRO VILA MAGGI, RECEBA UM SISTEMA DE SINALIZAÇÃO EFICIENTE PARA PREVENIR OS ACIDENTES CONSTANTES QUE OCORREM NESTE PONTO DE ENCONTRO  DAS  RUAS, ONDE OS TACHÕES FORAM INSTALADOS . SUGERIMOS, QUEBRA MOLAS NOS QUATRO PONTOS DE ENCONTRO DAS RUAS E FAIXA DE SEGURANÇA, PARA DIMINUIR  A VELOCIDADE DOS VEÍCULOS.</t>
   </si>
   <si>
     <t>4777</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4777/4777_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4777/4777_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO SUGESTÃO PARA QUE NA RUA ASSIS BRASIL SEJA CONSTRUÍDO O PASSEIO PÚBLICO PARA AUMENTAR A SEGURANÇA DOS PEDESTRES QUE HOJE TRANSITAM EM CIMA DA FAIXA DE ROLAMENTO CORRENDO MAIOR RISCO DE SOFRER ACIDENTES.</t>
   </si>
   <si>
     <t>4790</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4790/4790_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4790/4790_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE O CÁLCULO DE LIMITE DE EMPRÉSTIMO CONSIGNADOS A SERVIDORES PÚBLICOS MUNICIPAIS SEJA FEITO COM BASE NOS GANHOS TOTAIS.</t>
   </si>
   <si>
     <t>4780</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4780/4780_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4780/4780_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO SUGESTÃO PARA QUE SEJA CONTRATADO ENDOCRINOLOGISTA, PARA ATENDER OS PACIENTES NAS UNIDADES DE SAÚDE DE CANELA.  </t>
   </si>
   <si>
     <t>4781</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4781/4781_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4781/4781_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA DISPONIBILIZADO OS VEÍCULOS NAS UNIDADES DE SAÚDE, ONDE OS AGENTES COMUNITÁRIOS REALIZAM OS TRABALHOS JUNTO DA COMUNIDADE, PARA QUE AS VISITAS MÉDICAS POSSAM SER REALIZADAS NORMALMENTE CONFORME CRONOGRAMA DO AGENTE.</t>
   </si>
   <si>
     <t>4782</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4782/4782_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4782/4782_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA NA RUA GRENAL NO BAIRRO SANTA MARTA SEJA URGENTEMENTE REGULARIZADA A ILUMINAÇÃO PÚBLICA, COM A INSTALAÇÃO DE EQUIPAMENTOS E LÂMPADAS.</t>
   </si>
   <si>
     <t>4783</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4783/4783_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4783/4783_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO PARA QUE NA RUA FRANCISCO ALBUQUERQUE MONTENEGRO NO BAIRRO SÃO LUIS SEJA URGENTEMENTE  FEITA A MANUTENÇÃO E TROCA DE LÂMPADAS ENTRE OS NÚMEROS 48 E 94, POIS OS MORADORES ESTÃO AS ESCURAS NESTE TRECHO DA RUA CITADA. </t>
   </si>
   <si>
     <t>4784</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4784/4784_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4784/4784_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO SUGESTÃO PARA QUE A DEFESA CIVIL DO ESTADO DO RIO GRANDE DO SUL FAÇA NA CIDADE DE CANELA UMA ANÁLISE NOS BAIRROS ONDE HÁ GRANDES PINHEIROS (ARAUCÁRIAS) QUE DEVIDO SUA DIMENSÃO E LOCALIZAÇÃO PODE COLOCAR EM RISCO AS CASAS DOS MORADORES, COM QUEDA DE GALHOS E DA PRÓPRIA ÁRVORE. </t>
   </si>
   <si>
     <t>4785</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4785/4785_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4785/4785_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO SUGESTÃO PARA QUE SEJA CONTRATADOS MAIS PEDIATRAS PARA ATENDER NOS POSTOS DE SAÚDE DE CANELA. E SUPRIR  A DEMANDA CRESCENTE DE PACIENTES CRIANÇAS, ATUALMENTE SÃO REALIZADAS 30 CONSULTAS SEMANAIS EM DOIS TURNOS, O IDEAL SERIA QUATRO TURNOS SEMANAIS.  </t>
   </si>
   <si>
     <t>4786</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4786/4786_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4786/4786_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO SUGESTÃO PARA QUE SEJA CONTRATADO MÉDICO  OTORRINOLARINGOLOGISTA, PARA AS UNIDADES DE SAÚDE DE CANELA E  REALIZAR TRATAMENTOS DE ADENOIDE, ALTERAÇÃO DAS PREGAS VOCAIS, AMIGDALITE, ALTERAÇÕES NO APARELHO AUDITIVO E OUTROS TRATAMENTOS RELATIVOS A ESPECIALIDADE. </t>
   </si>
   <si>
     <t>4787</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4787/4787_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4787/4787_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO SUGESTÃO PARA QUE SEJA CONTRATADO, MÉDICO NEFROLOGISTA PARA ATENDER NOS POSTOS DE SAÚDE DE CANELA, E REALIZAR O TRATAMENTO DE DOENÇAS DOS RINS.</t>
   </si>
   <si>
     <t>4788</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4788/4788_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4788/4788_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO SUGESTÃO PARA QUE SEJA IMPLANTANDO NO SISTEMA DE SAÚDE MUNICIPAL  AS SEGUINTES ESPECIALIDADES; NEFROLOGIA, UROLOGIA, ENDOCRINOLOGIA, OTORRINOLARINGOLOGIA, ATRAVÉS DA IMPLANTAÇÃO DE  UM TURNO SEMANAL DE CADA ESPECIALIDADE NOS POSTOS DE SAÚDE DE CANELA, ATENDENDO A DEMANDA DESTAS ESPECIALIDADES AQUI NA CIDADE E DESTA FORMA REDUZINDO O TRANSPORTE DOS PACIENTES, POSSIBILITANDO MAIOR COMODIDADE E ASSESSIBILIDADE DOS PACIENTES  A ESTES TRATAMENTOS.</t>
   </si>
   <si>
     <t>4789</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4789/4789_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4789/4789_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO SUGESTÃO PARA QUE SEJA ANALISADA A POSSIBILIDADE DE INCLUSÃO DO PAGAMENTO DO INCENTIVO ADICIONAL, 14° SALÁRIO PARA OS AGENTES DE SAÚDE DA CIDADE DE CANELA,  ATRAVÉS DO ESTATUDO DE REPASSE FEDERAL PARA OS MUNICÍPIOS  CONFORME LEI N° 12994/14 SENDO QUE A CATEGORIA É NOVA DENTRO DOS PARÂMETROS LEGAIS E REGIMENTAIS DA LEI ORGÂNICA MUNICIPAL DE CANELA, O REPASSE DO INCENTIVO  ADICIONAL  14 ° SALÁRIO  É REALIZADO ATRAVÉS DO FUNDO NACIONAL DE SAÚDE  FUNASA  AOS FUNDOS DE SAÚDE DOS MUNICÍPIOS, ESTADOS E DISTRITO FEDERAL, COMO TRANSFERÊNCIAS RECORRENTES REGULARES, AUTOMÁTICAS E OBRIGATÓRIAS NOS TERMOS  DO DISPOSTO NO ART. 30  E 9° DA LEI N° 8.142, DE 28 DE DEZEMBRO DE 1990. SEGUE EM ANEXO CÓPIA DA LEI EM QUESTÃO.</t>
   </si>
   <si>
     <t>4822</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4822/4822_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4822/4822_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJAM TROCADAS AS LÂMPADAS DA RUA EGON INFRIED, NO BAIRRO SÃO RAFAEL AUTOS NÚMERO 80 E 40.</t>
   </si>
   <si>
     <t>4823</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4823/4823_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4823/4823_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITA A MANUTENÇÃO URGENTE  DA RUA ADALBERTO WORTMANN NO BAIRRO SÃO LUCAS, COM COMPACTAÇÃO E COLOCAÇÃO DE SAIBROS PARA O NIVELAMENTO DA RUA APÓS TÉRMINO DO ASFALTO.</t>
   </si>
   <si>
     <t>4824</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4824/4824_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4824/4824_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA CRIADO UM PROGRAMA DE REUTILIZAÇÃO DE MATERIAIS DE CONSTRUÇÃO, MADEIRAS, TAPUMES, TELHAS, PEDRAS E CHAPAS DE COMPENSADOS ENTRE OUTROS, PARA QUE SEJAM DESTINADOS PARA COMUNIDADE CARENTE ATRAVÉS DA SECRETARIA DE ASSISTÊNCIA SOCIAL, ATUALMENTE AS EMPRESAS CONSTRUTORAS DEVEM TER UM DESCARTE ECOLÓGICO CONSCIENTE PARA PARA QUE ESTE MATERIAL SEJA  TRITURADO OU LEVADO PARA OS DEPÓSITOS DE ENTULHOS.</t>
   </si>
   <si>
     <t>4825</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4825/4825_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4825/4825_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO PARA QUE SEJA FEITA A MANUTENÇÃO URGENTE DA RUA NA LOCALIDADE CANASTRA NO MORRO DO DANIEL, ESTÁ  INTRANSITÁVEL OS VEÍCULOS NÃO CONSEGUEM TRANSITAR EM DIAS DE CHUVA  É ESCORREGADIO E PERIGOSO LEVANDO CARROS E CAMINHÕES PARA O ATOLEIRO._x000D_
 </t>
   </si>
   <si>
     <t>4826</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4826/4826_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4826/4826_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">O PROJETO DE LEI SUGESTÃO, ``CRIA O SERVIÇO SOCIAL ESCOLAR NAS ESCOLAS PÚBLICAS DA CIDADE DE CANELA&amp;#180;&amp;#180;. </t>
   </si>
   <si>
     <t>4827</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4827/4827_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4827/4827_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA AMPLIADA A DISTRIBUIÇÃO DE MEDICAMENTOS PARA DIABÉTICOS, COMO INSULINAS E CANETAS ESPECIAIS, TRATAMENTOS ESTES QUE ESTÃO SEGUIDAMENTE EM FALTA DE ESTOQUE NA FARMÁCIA MUNICIPAL.</t>
   </si>
   <si>
     <t>4828</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4828/4828_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4828/4828_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITA A MANUTENÇÃO URGENTE DA RUA BECO DO TRICOLOR 1 NO BAIRRO SÃO LUCAS COM COLOCAÇÃO DE SAIBROS, HÁ MUITOS BURACOS E BARRO NA RUA.</t>
   </si>
   <si>
     <t>4829</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4829/4829_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4829/4829_texto_integral.doc</t>
   </si>
   <si>
     <t>4830</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4830/4830_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4830/4830_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA ANALISADA E ATUALIZADA A LISTA DE ESPERA DAS ESCOLINHAS INFANTIS, POIS HÁ MUITAS CRIANÇAS NA FILA E SEUS PAIS ENFRENTAM DIFICULDADES PARA PODER TRABALHAR OU ARCAR COM O TRANSPORTE DOS FILHOS QUE É MUITO CARA PARA AS FAMÍLIAS ASSALARIADAS.</t>
   </si>
   <si>
     <t>4842</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4842/4842_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4842/4842_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">O PROJETO DE LEI SUGESTÃO, INSTITUI O PROGRAMA DE FORMAÇÃO DE PROFISSIONAIS DE EDUCAÇÃO QUE PROMOVAM ATENDIMENTO AOS MENORES EM SITUAÇÃO DE RISCO, EM LIBERDADE ASSISTIDA OU VIGIADA E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4843</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4843/4843_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4843/4843_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA CONSTRUÍDO UM QUEBRA &amp;#8211; MOLAS AUTOS NÚMERO 540 ONDE FICAM AS IGREJAS, PONTO ESTE DE GRANDE TRÁFEGO DE VEÍCULOS E PEDESTRES.</t>
   </si>
   <si>
     <t>4844</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4844/4844_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4844/4844_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO PARA QUE NOS POSTOS DE SAÚDE TENHA UM GUARDA,  E QUE AS PESSOAS QUE ESTÃO NA FILA DE ESPERA POSSAM ESPERAR DENTRO DO POSTO NA SALA DE ESPERA PARA SE PROTEGEREM DO FRIO DA MADRUGADA._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4845</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4845/4845_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4845/4845_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE TODAS AS CASAS  COM ENERGIA ELÉTRICA INSTALADA NO NOME DO PROPRIETÁRIO POSSA TER O ACESSO Á ÁGUA TRATADA SEM TER A OBRIGATORIEDADE DE APRESENTAÇÃO DE PROJETOS PARA A ABERTURA DE VALAS .NOS CASOS DE CASAS POPULARES E FAMILIAS CARENTES . COMO PREVÊ DECRETO DECRETO Nº 7.535 DE 26 DE JULHO DE 2011. PROGRAMA DO GOVERNO FEDERAL ÁGUA PARA TODOS.</t>
   </si>
   <si>
     <t>4846</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4846/4846_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4846/4846_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA IMPLANTADO O PROGRAMA ÁGUA PARA TODOS NA CIDADE DE CANELA ATRAVÉS DO GOVERNO FEDERAL COMO PREVÊ DECRETO  Nº 7.492, DE 2 DE JUNHO DE 2011. DO PLANO BRASIL SEM MISÉRIA.</t>
   </si>
   <si>
     <t>4847</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4847/4847_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4847/4847_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA CRIAÇÃO DE UM  PROGRAMA PARA   INCUBADORAS DE EMPRESAS E  DESENVOLVIMENTO DE CAPACIDADES EM EMPRESAS ENCUBADAS.</t>
   </si>
   <si>
     <t>4848</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4848/4848_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4848/4848_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">O PROJETO DE LEI SUGESTÃO, CRIA OS CENTROS PEDAGÓGICOS DE CIÊNCIAS E TECNOLOGIAS E DÁ OUTRAS PROVIDÊNCIAS.    </t>
   </si>
   <si>
     <t>4858</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4858/4858_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4858/4858_texto_integral.doc</t>
   </si>
   <si>
     <t>PREFEITO MUNICIPAL, A INDICAÇÃO SUGERINDO A PROPOSTA DE LEI QUE DISPÕE SOBRE &amp;#8220;DISPÕE SOBRE  A  IMPLANTAÇÃO DE FIAÇÃO SUBTERRÂNEA PARA FINS DE INSTALAÇÃO ELÉTRICA, DE TELEFONIA E OUTRAS TANTAS EM TODOS OS LOTEAMENTOS A SEREM IMPLANTADOS NO MUNICÍPIO, FIXANDO, AINDA, PRAZO FINAL PARA A SUBSTITUIÇÃO DE TODA A FIAÇÃO AÉREA POR SUBTERRÂNEA, SOB PENA DE MULTA POR DESCUMPRIMENTO.</t>
   </si>
   <si>
     <t>4859</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4859/4859_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4859/4859_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE NA RUA ALZEMIRO BOEIRA DO REIS AUTOS NÚMERO, 62  SEJA FEITA A TROCA DE LAMPADAS QUE ESTÁ QUEIMADA HÁ VÁRIAS SEMANAS.</t>
   </si>
   <si>
     <t>4860</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4860/4860_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4860/4860_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE AO LONGO DA  RUA PRIMEIRO DE JANEIRO NOS BAIRROS SANTA MARTA E SÃO JOSÉ  SEJAM REVISADAS AS TAMPAS DE BOCA DE LOBO, QUE EM VÁRIOS PONTOS ESTÃO QUEBRADAS E QUE AS MESMAS SEJAM DESENTUPIDAS.</t>
   </si>
   <si>
     <t>4861</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4861/4861_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4861/4861_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA CONSTRUIDO UM QUEBRA MOLAS NA RUA ADALBERTO WORTMAM.</t>
   </si>
   <si>
     <t>4872</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4872/4872_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4872/4872_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA USADO ASPIRADOR PORTÁTIL NA LIMPEZA DAS RUAS AO INVÉS DE SOPRADOR, EXISTE NO MERCADO ASPIRADORES A COMBUSTÍVEL.</t>
   </si>
   <si>
     <t>4873</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4873/4873_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4873/4873_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE A PREFEITURA ATRAVÉS DA RGE PEÇA A EXTENSÃO DE REDE PARA RUA G AUTOS N° 56 ONDE EXISTEM CINCO RESIDÊNCIAS E ESTAS DEPENDEM DA ENERGIA ELÉTRICA QUE É FORNECIDA NA RUA F, ENERGIA ESTA QUE   LEVADA POR CABOS IMPROVISADOS ATÉ AS CASAS.</t>
   </si>
   <si>
     <t>4874</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4874/4874_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4874/4874_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITA A MANUTENÇÃO DA ESTRADA DA TUBIANA, COM ALARGAMENTO, COLOCAÇÃO DE SAIBROS E CONSTRUÇÃO DE REFÚGIOS OU ACOSTAMENTOS  PARA OS CARROS.</t>
   </si>
   <si>
     <t>4875</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4875/4875_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4875/4875_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO TERRENO FUNDOS ANTIGA CRECHE TIO BETO.</t>
   </si>
   <si>
     <t>4876</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4876/4876_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4876/4876_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA CONSTRUÍDO UM QUEBRA-MOLAS NA RUA EUROPA COM A BORBONITE, BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>4877</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4877/4877_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4877/4877_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO PARA QUE SEJA CONSTRUÍDO UM ABRIGO DE ÔNIBUS RUA ASSIS BRASIL COM ERVA MATE, NO BAIRRO VILA MAGGI, NESTE PONTO, MUITOS TRABALHADORES ESPERAM O ÔNIBUS SEM PROTEÇÃO ALGUMA. </t>
   </si>
   <si>
     <t>4878</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4878/4878_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4878/4878_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA PAVIMENTADA A RUA PEDRO SILVA NUNES NO BAIRRO SÃO RAFAEL.</t>
   </si>
   <si>
     <t>4886</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4886/4886_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4886/4886_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE O PODER EXECUTIVO, O PODER LEGISLATIVO, PODER JUDICIÁRIO, O CARTÓRIO DE REGISTRO E O TABELIONATO FAÇAM UMA AÇÃO INTEGRADA PARA A REGULARIZAÇÃO DE TODOS OS LOTES IRREGULARES NO MUNICÍPIO DE CANELA.</t>
   </si>
   <si>
     <t>4887</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4887/4887_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4887/4887_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITO O CONCERTO DA REDE FLUVIAL E CALÇADA NA RUA BOLÍVIA, BAIRRO PALACE HOTEL, AUTOS DO NÚMERO 196, COM A MÁXIMA URGÊNCIA.</t>
   </si>
   <si>
     <t>4888</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4888/4888_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4888/4888_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITO A PATROLAGEM E CASCALHAMENTO NA RUA TIBURCIO DA SILVA, BAIRRO SÃO JOSÉ.</t>
   </si>
   <si>
     <t>4889</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4889/4889_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4889/4889_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITO UMA FAIXA DE SEGURANÇA NA RUA PATRÍCIO ZINI, BAIRRO BOM JESUS, COM A MÁXIMA URGÊNCIA.</t>
   </si>
   <si>
     <t>4890</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4890/4890_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4890/4890_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITO A LIMPEZA E DESOBSTRUÇÃO DE DICK, NA RUA AMÁLIA SEIBT, BAIRRO SÃO JOSÉ COM MÁXIMA URGÊNCIA.</t>
   </si>
   <si>
     <t>4891</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4891/4891_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4891/4891_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE O CÓRREGO QUE PASSA NO MEIO DE NOSSA CIDADE, SENTIDO BAIRRO BOM JESUS, SEJA CONTEMPLADO COM O AUMENTO DO NÍVEL DE PROFUNDIDADE E TAMBÉM A COBERTURA PARA EVITAR QUE ENTULHOS E LIXO SEJAM JOGADOS PARA DENTRO DO MESMO.</t>
   </si>
   <si>
     <t>4892</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4892/4892_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4892/4892_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITO COM A MÁXIMA URGÊNCIA A REFORMA DA PARADA DE ÔNIBUS NA RUA HOMERO PACHECO, ESQUINA COM A RUA GABRIEL DE SOUZA, JUNTO A ESSA REFORMA PEÇO QUE SEJA FEITO TAMBÉM A COBERTURA NAS LATERAIS PARA QUE OS MUNÍCIPES QUE USAM O TRANSPORTE NO DIA A DIA ESTEJAM PROTEGIDOS DE QUALQUER EVENTUALIDADE DO CLIMA QUE PREDOMINA EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>4897</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4897/4897_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4897/4897_texto_integral.docx</t>
   </si>
   <si>
     <t>A INDICAÇÃO PARA QUE SEJA FEITO UM ESTUDO PARA ALOCAR A CASA LAR EM UM LOCAL CONDIZENTE COM A REALIDADE DA INSTITUIÇÃO OU PARA QUE SEJA CONSTRUÍDA UMA NOVA ESTRUTURA.</t>
   </si>
   <si>
     <t>4908</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4908/4908_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4908/4908_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE AO LADO DO GINÁSIO DE ESPORTES DO BAIRRO SANTA MARTA SEJA FEITA A INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE.</t>
   </si>
   <si>
     <t>4909</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4909/4909_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4909/4909_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE TODOS OS BAIRROS DO MUNICÍPIO DE CANELA SEJAM CONTEMPLADOS COM ACADEMIAS AO AR LIVRE A DISPOSIÇÃO DA COMUNIDADE LOCAL.</t>
   </si>
   <si>
     <t>4910</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4910/4910_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4910/4910_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITA A PINTURA DE DEMARCAÇÃO DE VAGAS DE ESTACIONAMENTO NA REGIÃO CENTRAL DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>4911</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4911/4911_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4911/4911_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE A SECRETARIA DE ASSISTÊNCIA SOCIAL FAÇA A AQUISIÇÃO DO MAQUINÁRIO PARA A FABRICAÇÃO DE FRALDAS, E SE CASO JÁ POSSUIR AS MÁQUINAS, QUE SE INICIE A FABRICAÇÃO O QUANTO ANTES.</t>
   </si>
   <si>
     <t>4912</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4912/4912_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4912/4912_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE O PASSE LIVRE DO TRANSPORTE MUNICIPAL SEJA DISTRIBUÍDO NO TERMINAL AO LADO DA RODOVIÁRIA.</t>
   </si>
   <si>
     <t>4913</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4913/4913_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4913/4913_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA CONSTRUÍDA UMA PRAÇA DE LAZER NO BAIRRO SANTA MARTA, DEVIDO AO BAIRRO NÃO TER UM ESPAÇO DESTINADO A CRIANÇAS E ADULTOS PARA MOMENTOS DE DESCANSO E LAZER COM SUAS FAMÍLIAS, TRAZENDO MAIS INTEGRAÇÃO COM A COMUNIDADE LOCAL.</t>
   </si>
   <si>
     <t>4914</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4914/4914_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4914/4914_texto_integral.docx</t>
   </si>
   <si>
     <t>PROJETO DE LEI SUGESTÃO QUE DISPÕE SOBRE "A SEMANA DO FOLCLORE INTERNACIONAL NA CIDADE DE CANELA, JUNTAMENTE COM OS PAÍSES VIZINHOS COMO: ARGENTINA, URUGUAI E PARAGUAI".</t>
   </si>
   <si>
     <t>4915</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4915/4915_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4915/4915_texto_integral.docx</t>
   </si>
   <si>
     <t>PROJETO DE LEI SUGESTÃO QUE DISPÕE SOBRE "ATENDIMENTO AOS ALUNOS DEFICIENTES SURDOS-MUDOS E VISUAIS NOS CURSINHOS PREPARATÓRIOS PARA O PRÉ-VESTIBULAR, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>4916</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4916/4916_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4916/4916_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO PARA QUE TODOS OS LOTEAMENTOS POPULARES DENTRO DO MUNICÍPIO DE CANELA SEJAM BENEFICIADOS COM CISTERNAS, EM UMA PARCERIA COM PÚBLICO-PRIVADA. </t>
   </si>
   <si>
     <t>4927</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4927/4927_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4927/4927_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA RECOLHIDO O LIXO JUNTO CEMITÉRIO DO IBAMA, COM A MÁXIMA URGÊNCIA.</t>
   </si>
   <si>
     <t>4928</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4928/4928_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4928/4928_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO PARA QUE SEJA COLOCADO REDUTORES DE VELOCIDADE  AO LONGO DA RUA TIO ELIAS, PREFERENCIALMENTE EM FRENTE AO RESTAURANTE DOS "ALEMÃO" E EM FRENTE A AGROPECUÁRIA DO VENÂNCIO, COM A MÁXIMA URGÊNCIA. </t>
   </si>
   <si>
     <t>4929</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4929/4929_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4929/4929_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITO O REPARO DAS LÂMPADAS NA RUA PATRÍCIO ZINI, AUTOS DO N° 1555, BAIRRO BOM JESUS, COM A MÁXIMA URGÊNCIA.</t>
   </si>
   <si>
     <t>4930</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4930/4930_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4930/4930_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA COLOCADO REDUTORES DE VELOCIDADE  AO LONGO DA RUA SETE DE SETEMBRO, PREFERENCIALMENTE EM FRENTE A OFICINA DO GUTO E BAR DO HILÁRIO, COM A MÁXIMA URGÊNCIA.</t>
   </si>
   <si>
     <t>4931</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4931/4931_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4931/4931_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE , QUANDO FOREM CONSTRUÍDAS NOVAS GAVETAS NO CEMITÉRIO MUNICIPAL,  SEJA FEITA UMA PARCELA DE 10% NO PADRÃO DO MAIOR CAIXÃO OU URNA MORTUÁRIA, SENDO ESTES DESTINADOS PARA PESSOAS OBESAS.</t>
   </si>
   <si>
     <t>4942</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4942/4942_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4942/4942_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITO O REPARO DAS LÂMPADAS NA RUA PATRÍCIO ZINI, AUTOS DO N° 1244, BAIRRO BOM JESUS, COM A MÁXIMA URGÊNCIA.</t>
   </si>
   <si>
     <t>4943</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4943/4943_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4943/4943_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITA RETIRADA DO LIXO NA RUA SILVINO R. ZANATTA, EM FRENTE A FAZENDA SONHO MEU, BAIRRO JARDIM DAS FONTES, COM A MÁXIMA URGÊNCIA.</t>
   </si>
   <si>
     <t>4944</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4944/4944_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4944/4944_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA RECONSTRUINDO O ABRIGO DE ÔNIBUS EXISTENTE NO BAIRRO JARDIM DAS FONTES, E QUE O MESMO SEJA FECHADO AO REDOR, COM A MÁXIMA URGÊNCIA.</t>
   </si>
   <si>
     <t>4945</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4945/4945_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4945/4945_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA COLOCADO UM PLACA DE ESTACIONAMENTO POR NO MÁXIMO 15 MINUTOS EM FRENTE A FARMÁCIA VITAL GENÉRICOS, NA RUA JOÃO PESSOA, Nº 442, COM A MÁXIMA URGÊNCIA.</t>
   </si>
   <si>
     <t>4946</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4946/4946_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4946/4946_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITO O REPARO DAS LÂMPADAS NO INÍCIO DA RUA ALZEMIRO B.DOS REIS, COM A MÁXIMA URGÊNCIA.</t>
   </si>
   <si>
     <t>4947</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4947/4947_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4947/4947_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE A SECRETARIA DE SAÚDE FAÇA AQUISIÇÃO DO MAQUINÁRIO PARA FABRICAÇÃO DE FRALDAS, ES E CASO JÁ POSSUA AS MÁQUINAS QUE SE INICIE A FABRICAÇÃO O QUANTO ANTES.</t>
   </si>
   <si>
     <t>4948</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4948/4948_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4948/4948_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO PARA QUE SEJA FEITA MELHORIAS NA PRAÇA CENTRAL ,TROCA DE CALÇAMENTO,REPARO NA ILUMINAÇÃO, PODA DE ÁRVORES, REPINTURA DO BANHEIRO PÚBLICO, REPLANTIO DE FLORES E GUARDA 24HRS, COM A MÁXIMA URGÊNCIA.  </t>
   </si>
   <si>
     <t>4949</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4949/4949_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4949/4949_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA CRIADA UMA CENTRAL DE MEDICAMENTOS, AONDE QUE, A PARTIR DALI, SE DISTRIBUA NAS FARMÁCIAS E POSTOS DO MUNICÍPIO DE CANELA.</t>
   </si>
   <si>
     <t>4950</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4950/4950_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4950/4950_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO PARA CRIAÇÃO DO SETOR DE MARCAÇÃO DE CONSULTAS PARA PESSOAS QUE MORAM FORA DA ÁREA DAS UBSS SEJA VIA TELEFONE._x000D_
 _x000D_
  </t>
   </si>
   <si>
     <t>4951</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4951/4951_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4951/4951_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA   PAVIMENTADA O FINAL DA AV. CÔNEGO JOÃO MARCHESI, ANTIGA SERRARIA SMANIOTTO, COM A MÁXIMA URGÊNCIA.</t>
   </si>
   <si>
     <t>4952</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4952/4952_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4952/4952_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO QUE SEJA FEITO UM CADASTRO SOCIAL DE PESSOAS QUE NECESSITAM AJUDA DA ASSISTÊNCIA SOCIAL DO MUNICÍPIO ,NO SENTIDO QUE SEJA FEITO O ENCAMINHAMENTO DESTAS PESSOAS PARA POSSÍVEIS PRESTAÇÕES DE SERVIÇOS DIVERSOS, COM A MÁXIMA URGÊNCIA. </t>
   </si>
   <si>
     <t>4960</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4960/4960_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4960/4960_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITA REPARO NA ILUMINAÇÃO TAMBÉM NO PERÍODO DA NOITE, ONDE CONSEGUE-SE OBSERVAR MELHOR A INEXISTÊNCIA OU MAU FUNCIONAMENTO DAS MESMAS.</t>
   </si>
   <si>
     <t>4961</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITO O REPARO DA TUBULAÇÃO DE ESGOTO NA  RUA HERMES FAGUNDES PRUX, AUTOS DO Nº 160, COM A MÁXIMA URGÊNCIA.</t>
   </si>
   <si>
     <t>4962</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4962/4962_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4962/4962_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">QUE CONVIDE E REÚNA TODAS AS PESSOAS INTERESSADAS COMO DA SECRETARIA DE MEIO AMBIENTE, TRÂNSITO, ORDENAMENTO URBANO E BRIGADA MILITAR, A FIM DE SE ELABORAR ESTUDOS PARA A CRIAÇÃO DE UMA NUMERAÇÃO PARA AS PROPRIEDADES DO INTERIOR DE CANELA, COMO POR EXEMPLO, UTILIZAR A QUILOMETRAGEM DA ESTRADA PÁRA NUMERAR AS PROPRIEDADES. </t>
   </si>
   <si>
     <t>4963</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4963/4963_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4963/4963_texto_integral.docx</t>
   </si>
   <si>
     <t>A INDICAÇÃO PARA QUE SEJA UMA LIMPEZA GERAL NA PRAÇA LUIZ WENDER, COM A MÁXIMA URGÊNCIA.</t>
   </si>
   <si>
     <t>4964</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4964/4964_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4964/4964_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITA A ROÇADA E LIMPEZA DA E.M.E.F DANTE BERTOLUCI, COM A MÁXIMA URGÊNCIA.</t>
   </si>
   <si>
     <t>4965</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4965/4965_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4965/4965_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITA O TAPAMENTO DE UMA PASSAGEM DE ESGOTO QUE PASSA NA LATERAL DA AV. CÔNEGO JOÃO MARCHESE, AUTOS DA IGREJA ASSEMBLEIA DE DEUS. SOLICITO COMA MÁXIMA URGÊNCIA.</t>
   </si>
   <si>
     <t>4966</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4966/4966_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4966/4966_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A INDICAÇÃO PARA QUE SEJA FEITA UMA REVISÃO NOS POSTES DE ILUMINAÇÃO NA CIDADE DE CANELA, POIS MUITAS LÂMPADAS FICAM ACESAS DIA E NOITE, CONSUMINDO ENERGIA EM EXCESSO E DESPERDIÇANDO RECURSOS PÚBLICOS. </t>
   </si>
   <si>
     <t>4967</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4967/4967_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4967/4967_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITA A PAVIMENTAÇÃO NA RUA ESTEVÃO JOSÉ PEREIRA. SOLICITO COM A MÁXIMA URGÊNCIA.</t>
   </si>
   <si>
     <t>4968</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4968/4968_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4968/4968_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITA A PAVIMENTAÇÃO NA RUA TRAVESSA CANELINHA, BAIRRO CANELINHA. SOLICITO COM A MÁXIMA URGÊNCIA.</t>
   </si>
   <si>
     <t>4969</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4969/4969_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4969/4969_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE O EXECUTIVO REGULARIZE TODOS OS BAIRROS DO MUNICÍPIO COLOCANDO NOMES OFÍCIAIS.</t>
   </si>
   <si>
     <t>4970</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4970/4970_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4970/4970_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO SUGERE QUE AS OPERADORAS DE CARTÃO DE CRÉDITO E OPERADORAS FINANCEIRAS DIRECIONEM O IMPOSTO ISSQN RECOLHIDO PARA O MUNICÍPIO DE CANELA._x000D_
 </t>
   </si>
   <si>
     <t>4974</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4974/4974_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4974/4974_texto_integral.docx</t>
   </si>
   <si>
     <t>QUE EM TROCA DA CONTRA PARTIDA QUE É REPASSADA PARA O RODEIO DE CANELA, SEJAM COBRADAS SOMENTE 50% DO VALOR DAS INSCRIÇÕES PARA OS MORADORES E TALENTOS LOCAIS.</t>
   </si>
   <si>
     <t>4985</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4985/4985_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4985/4985_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A INDICAÇÃO PARA QUE SEJA ENCONTRADO UMA SOLUÇÃO PARA QUE NÃO SEJA JOGADO NA NATUREZA O ESGOTO DA  RUA LUIZ MORAES, COM A MÁXIMA URGÊNCIA.  </t>
   </si>
   <si>
     <t>4986</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4986/4986_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4986/4986_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO PARA QUE SEJA FEITO PATROLAMENTO, CASCALHAMENTO E COMPACTAÇÃO NA RUA JOÃO DE DEUS PALHANO, BAIRRO ULISSES DE ABREU, COM A MÁXIMA URGÊNCIA.  </t>
   </si>
   <si>
     <t>4987</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4987/4987_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4987/4987_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A INDICAÇÃO PARA QUE SEJA FEITO PASSEIO PÚBLICO NA LATERAL ESQUERDA DA RUA DR. RUI VIANA ROCHA,ENTRE A PATRÍCIO ZINI SOBRINHO E BENITO BERTOLUCI, COM A MÁXIMA URGÊNCIA.  _x000D_
 </t>
   </si>
   <si>
     <t>4988</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4988/4988_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4988/4988_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A INDICAÇÃO PARA QUE SEJA FEITO A RECOLOCAÇÃO DE PLACAS CAÍDAS NOS BUGRES E NA LINHA SÃO PAULO, COM A MÁXIMA URGÊNCIA.  </t>
   </si>
   <si>
     <t>4989</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4989/4989_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4989/4989_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A INDICAÇÃO PARA QUE SEJA FEITO MELHORIAS NA ILUMINAÇÃO DA RUA DR. RUI VIANA ROCHA,ENTRE A PATRÍCIO ZINI SOBRINHO E BENITO BERTOLUCI, COM A MÁXIMA URGÊNCIA.  </t>
   </si>
   <si>
     <t>4990</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4990/4990_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4990/4990_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITO O REPARO NA ILUMINAÇÃO DA RUA ALMIRANTE BARROSO, AUTOS DO N° 659, COM A MÁXIMA URGÊNCIA.</t>
   </si>
   <si>
     <t>4991</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4991/4991_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4991/4991_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">PROJETO DE LEI SUGESTÃO QUE &amp;#8220;CRIA INCENTIVO AO APROVEITAMENTO DA ENERGIA SOLAR&amp;#8221;. </t>
   </si>
   <si>
     <t>4992</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4992/4992_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4992/4992_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">O PROJETO DE LEI SUGESTÃO QUE &amp;#8220;DISPÕE SOBRE A CRIAÇÃO DE CENTROS DE CONVIVÊNCIA  PARA IDOSOS CARENTES NO MUNICÍPIO DE CANELA E DA OUTRAS PROVIDENCIAS&amp;#8221;, COMO CONSTA A PROPOSTA EM ANEXO.  </t>
   </si>
   <si>
     <t>4993</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4993/4993_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4993/4993_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE  SEJA FEITA ANÁLISE PELO PODER EXECUTIVO SOBRE A POSSIBILIDADE DE REPASSE DO VALOR DE R$5.000,00 PARA A ASSOCIAÇÃO BENEFICENTE LIRIO DOS VALES, COM A MÁXIMA URGÊNCIA.</t>
   </si>
   <si>
     <t>4997</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4997/4997_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4997/4997_texto_integral.docx</t>
   </si>
   <si>
     <t>COMISSÃO DE OBRAS PUBLICAS DA CÂMARA DE VEREADORES DE CANELA (COPCVC) NO MUNICÍPIO DE CANELA.</t>
   </si>
   <si>
     <t>4994</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4994/4994_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4994/4994_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITO LIMPEZA E ROÇADA DA PRAÇA DA VILA BOEIRA, COM A MÁXIMA URGÊNCIA.</t>
   </si>
   <si>
     <t>4995</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4995/4995_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4995/4995_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SUGERINDO O PROJETO DE LEI SUGESTÃO  QUE&amp;#8220;  INSTITUI O PROJETO TROCA SOLIDÁRIA E DÁ OUTRAS PROVIDÊNCIAS NO MUNICÍPIO DE CANELA&amp;#8221;, COMO CONSTA NA PROPOSTA EM ANEXO.  _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4996</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4996/4996_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4996/4996_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITA A REDE DE ESGOTO NA  RUA &amp;#8220;D&amp;#8221;,NA VILA DANTE, COM A MÁXIMA URGÊNCIA.</t>
   </si>
   <si>
     <t>4998</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4998/4998_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4998/4998_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITA A REDE DE ESGOTO NA  RUA &amp;#8220;E&amp;#8221;,NA VILA DANTE, COM A MÁXIMA URGÊNCIA.</t>
   </si>
   <si>
     <t>4999</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4999/4999_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4999/4999_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A INDICAÇÃO PARA QUE SEJA FEITA A REDE DE ESGOTO NA RUA SANTA MARIA, NA VILA DANTE, COM A MÁXIMA URGÊNCIA.  _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5000</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5000/5000_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5000/5000_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA COLOCADO REDUTOR DE VELOCIDADE NA  RUA CÉSAR PEDRO RAYMUNDO,BAIRRO SÃO LUIZ, AUTOS DO NUMERO 98.</t>
   </si>
   <si>
     <t>5001</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5001/5001_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5001/5001_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITO O REPARO DAS LÂMPADAS NA RUA ALVIM MARTINS DE OLIVEIRA,AUTOS DO N° 73, NO BAIRRO SÃO LUIZ, COM A MÁXIMA URGÊNCIA.</t>
   </si>
   <si>
     <t>5002</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5002/5002_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5002/5002_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITO O REPARO NA ILUMINAÇÃO DA RUA OLAVO BILAC, AUTOS DO Nº 100, NA VILA MAGGI.</t>
   </si>
   <si>
     <t>5003</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5003/5003_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5003/5003_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITO REPARO NA REDE DE ESGOTO NA RUA JÚLIO DE CASTILHOS,PRÓXIMO MERCADO BROMBATTI.</t>
   </si>
   <si>
     <t>5018</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5018/5018_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5018/5018_texto_integral.docx</t>
   </si>
   <si>
     <t>PROJETO DE LEI SUGESTÃO QUE&amp;#8220; DISPÕE SOBRE SACOLAS UTILIZADAS PELOS ESTABELECIMENTOS  COMERCIAIS NO ÂMBITO DO MUNICÍPIO DE CANELA, DEVAM UTILIZAR PARA O ACONDICIONAMENTO DE PRODUTOS E MERCADORIAS EM GERAL EMBALAGENS PLÁSTICAS OXI-BIODEGRADAVEIS- OBP&amp;#8217;S OU RETORNÁVEIS E DÁ OUTRAS PROVIDÊNCIAS DENTRO DO MUNICÍPIO DE CANELA.</t>
   </si>
   <si>
     <t>5017</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5017/5017_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5017/5017_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITO A PATROLAGEM ,ENCASCALHAMENTO E COMPACTAÇÃO NO FINAL DA RUA VINÍCIUS DE MORAES, VILA DO CEDRO.</t>
   </si>
   <si>
     <t>5016</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5016/5016_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5016/5016_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA A LIMPEZA DO ARROIO DA RUA PATRÍCIO ZINI,  PROVENIENTE DA BACIA DO LAGO.</t>
   </si>
   <si>
     <t>5015</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5015/5015_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5015/5015_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITO REPARO NAS FAIXAS DE PEDESTRE DA AV. VISCONDE DE MAUÁ, ENTRE AS RUAS SETE DE SETEMBRO E JOÃO PESSOA,E ESTUDO DE POSSIBILIDADE DE PINTURA DE MAIS FAIXAS NAS PROXIMIDADES DA ESCOLA DANTON CORREA  COM A MÁXIMA URGÊNCIA.</t>
   </si>
   <si>
     <t>5014</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5014/5014_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5014/5014_texto_integral.docx</t>
   </si>
   <si>
     <t>ESTUDO DA POSSIBILIDADE DE UMA ROTULA NA AV. JOÃO PESSOA ESQUINA COM SÃO FRANCISCO.</t>
   </si>
   <si>
     <t>5013</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5013/5013_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5013/5013_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO SUGERINDO UM ESTUDO DE QUE QUANDO FOR FAZER ASFALTO EM RUAS QUE TENHAM PARALELEPÍPEDO OU CALÇAMENTO  PAVS E OUTROS QUE SE FAÇA O APROVEITAMENTO DOS MESMOS NAS RUAS DOS BAIRROS. </t>
   </si>
   <si>
     <t>5012</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5012/5012_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5012/5012_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO SUGERINDO QUE O EXECUTIVO ENTRE EM CONTATO COM O DAER E VEJA A POSSIBILIDADE DE COLOCAR UMA LOMBADA ELETRÔNICA EM FRENTE AO JM RAFTING, E OUTRA EM FRENTE DO MUNDO A VAPOR.</t>
   </si>
   <si>
     <t>5024</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5024/5024_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5024/5024_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA ADVERTIDO E DADO UM PRAZO AOS PROPRIETÁRIOS DOS IMÓVEIS LOCALIZADOS NA ÁREA CENTRAL DA CIDADE, PARA QUE SEJA PROVIDENCIADO UMA CALÇADA NOVA NOS PADRÕES EXIGIDOS, COM A MÁXIMA URGÊNCIA.</t>
   </si>
   <si>
     <t>5025</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5025/5025_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5025/5025_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE A PREFEITURA RETOME A PLANTAÇÃO DE HORTÊNSIA AO LONGO DAS VIAS, PRINCIPALMENTE RODOVIA CANELA-GRAMADO ATRAVÉS DE CONVÊNIOS COM ESTADO.</t>
   </si>
   <si>
     <t>5026</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5026/5026_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5026/5026_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO SUGERINDO QUE FAÇA UM ESTUDO DA IMPLANTAÇÃO DE MAIS UM BANHEIRO PARA FUNCIONÁRIOS NO POSTO DE SAÚDE DO CANELINHA, O QUAL O BANHEIRO É COLETIVO. </t>
   </si>
   <si>
     <t>5027</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5027/5027_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5027/5027_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE SEJA FEITO O REPARO NA ILUMINAÇÃO NA ESTRADA DO SÃO JOÃO, AUTOS DO N°4213, COM A MÁXIMA URGÊNCIA.</t>
   </si>
   <si>
     <t>5028</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5028/5028_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5028/5028_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO QUE SEJA CONSERTADO UMA REDE DE ESGOTO QUE SE ENCONTRA ABERTA RUA SETE DE SETEMBRO ,NO BECO JARDIM, AUTOS DO Nº15, COM A MÁXIMA URGÊNCIA.</t>
   </si>
   <si>
     <t>5029</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5029/5029_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5029/5029_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO DE QUE SEJA FEITA UMA OPERAÇÃO TAPA-BURACOS NAS RUAS, TANTO NA ÁREA CENTRAL COMO NOS BAIRROS DE CANELA ,DEVIDO AO GRANDE NÚMERO DE VIAS  ESBURACADAS, COM A MÁXIMA URGÊNCIA.</t>
   </si>
   <si>
     <t>5030</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5030/5030_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5030/5030_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO PARA QUE SEJA CRIADO JUNTO AS ASSOCIAÇÃO DE ARTESÃOS, MICRO ASSOCIAÇÕES NOS BAIRROS PARA PRODUZIR PRODUTOS TÍPICOS DA REGIÃO E OUTRO EM ESPECIAL ARTESANATO ENDEREÇADO A PESSOAS CARENTES PARA UM COMPLEMENTO DA RENDA FAMILIAR. </t>
   </si>
   <si>
     <t>5031</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5031/5031_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5031/5031_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO SUGERINDO QUE FAÇA UM ESTUDO DE IMPLANTAÇÃO DO PROJETO DE LEI SUGESTÃO , QUE DISPÕE SOBRE A INCLUSÃO DE UMA MOCHILA COMO ITEM DO KIT ESCOLAR DOS ALUNOS DE 1º GRAU DA REDE MUNICIPAL DE ENSINO DE CANELA._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4278</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4278/4278_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4278/4278_texto_integral.docx</t>
   </si>
   <si>
     <t>SEJAM EXTERNADOS POR ESTA CASA VOTOS DE APLAUSOS E CONGRATULAÇÕES À DIREÇÃO E FUNCIONÁRIOS DO "JORNAL DE CANELA" POR SEU 4º ANIVERSÁRIO, JUNTAMENTE COM O EVENTO + MULHER 2016, QUE DESTACA IMPORTÂNCIA DAS MULHERES EM NOSSA COMUNIDADE.</t>
   </si>
   <si>
     <t>4333</t>
   </si>
   <si>
     <t>Paulo Nestor Tomasini</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4333/4333_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4333/4333_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO PELO FALECIMENTO DO SR. OSCAR HEHN.</t>
   </si>
   <si>
     <t>4336</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4336/4336_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4336/4336_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJAEXTERNADA POR ESTA CASA VOTOS DE APLAUSOS E CONGRATULAÇÕES A AMPEC - ASSOCIAÇÃO DAS MICRO E PEQUENAS EMPRESAS DE CANELA,PELA ORGANIZAÇÃO E REALIZAÇÃO DA FEIRA DE PÁSCOA, QUE OCORRE ENTRE OS DIAS 11 Á 27 DE MARÇO NO CENTRO DE EVENTOS EM CANELA._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4335</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4335/4335_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4335/4335_texto_integral.docx</t>
   </si>
   <si>
     <t>QUE SEJAEXTERNADA POR ESTA CASA VOTOS DE APLAUSOS E CONGRATULAÇÕES À CASA DOS BONECOS PELA BELA DECORAÇÃO FEITA EM NOSSA CIDADE EM COMEMORAÇÃO À PÁSCOA.</t>
   </si>
   <si>
     <t>4342</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4342/4342_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4342/4342_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS, OU CONGRATULAÇÕES, DIRIGIDA AO JORNALISTA HALDER RAMOS, PELO RECEBIMENTO DO TROFÉU DE 2º LUGAR DO V PRÊMIO ASDEP DE JORNALISMO, NA NOITE DE 22 DE MARÇO DE 2016 EM PORTO ALEGRE. ELE FOI UM DOS VENCEDORES COM A REPORTAGEM "ESSA TERRA TEM LEI", CAPA DA EDIÇÃO 164, VEICULADA EM JULHO DE 2015.</t>
   </si>
   <si>
     <t>4378</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4378/4378_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4378/4378_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, E CONGRATULAÇÕES, DIRIGIDA A EQUIPE FORÇA TAREFA DA SERRA, REPRESENTADA PELO SR. MOREIRA E O SR. PAULO QUE JUNTAMENTE COM MAIS QUINZE INTEGRANTES, REALIZAM TRABALHOS VOLUNTÁRIOS EM PROL DA COMUNIDADE NECESSITADA E CARENTE DA REGIÃO DA SERRA.</t>
   </si>
   <si>
     <t>4513</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4513/4513_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4513/4513_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS, OU CONGRATULAÇÕES, DIRIGIDA AO ESPORTE CLUBE SERRANO, PELOS SEUS 90 ANOS DE HISTÓRIA.</t>
   </si>
   <si>
     <t>4514</t>
   </si>
   <si>
     <t>Vereadores PP</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4514/4514_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4514/4514_texto_integral.docx</t>
   </si>
   <si>
     <t>SEJAM EXTERNADOS POR ESTA CASA VOTOS DE PESAR AOS FAMILIARES PELO FALECIMENTO DO SR DARIO CEZAR VACCARI, OCORRIDO NO DIA 04 DE MAIO DE 2016, NA IDADE DE 84 ANOS.</t>
   </si>
   <si>
     <t>4542</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4542/4542_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4542/4542_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR À FAMÍLIA DO SR. FRANCISCO EUZÉBIO DE BRITO.</t>
   </si>
   <si>
     <t>4551</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4551/4551_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4551/4551_texto_integral.docx</t>
   </si>
   <si>
     <t>SEJA EXTERNADOS POR ESTA CASA, VOTOS DE APLAUSOS E CONGRATULAÇÕES SR. PETERSON SECCO, PELA AÇÃO BENEFICENTE EM PROL O HOSPITAL DE CARIDADE DE CANELA, QUE ACONTECEU DIA 27 DE ABRIL DE 2016.</t>
   </si>
   <si>
     <t>4554</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4554/4554_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4554/4554_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS À CONGREGAÇÃO DAS IRMÃS FRANCISCANAS DA PENITÊNCIA E CARIDADE CRISTÃ.</t>
   </si>
   <si>
     <t>4556</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4556/4556_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4556/4556_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR À FAMÍLIA DO SENHOR, WERNO WAGNER, FALECIDO NO DIA 14 DE MAIO DE 2016 AOS 87 ANOS.</t>
   </si>
   <si>
     <t>4594</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4594/4594_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4594/4594_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SEJAM EXTERNADOS POR ESTA CASA VOTOS DE PESAR AOS FAMILIARES PELO FALECIMENTO DO SR. PAULO HOFFMANN. </t>
   </si>
   <si>
     <t>4593</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4593/4593_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4593/4593_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS, OU CONGRATULAÇÕES, DIRIGIDA AO DELEGADO VLADIMIR MEDEIROS E TODA A EQUIPE DA POLÍCIA CIVIL DE CANELA PELO PROJETO DE VIDEOMONITORAMENTO EM PARCERIA COM COMERCIANTES.</t>
   </si>
   <si>
     <t>4617</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4617/4617_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4617/4617_texto_integral.docx</t>
   </si>
   <si>
     <t>QUE SEJA EXTERNADA POR ESTA CASA VOTOS DE APLAUSOS E CONGRATULAÇÕES A PASSAGEM DO DIA DO ACEMISTA, QUE É CELEBRADA DIA 06 DE JUNHO.</t>
   </si>
   <si>
     <t>4641</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4641/4641_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4641/4641_texto_integral.docx</t>
   </si>
   <si>
     <t>SEJAM EXTERNADOS POR ESTA CASA VOTOS DE PESAR AOS FAMILIARES PELO FALECIMENTO DO SR: ELIMAR VOGES, OCORRIDO NO DIA 07 DE JUNHO DE 2016, NA IDADE DE 85 ANOS.</t>
   </si>
   <si>
     <t>4642</t>
   </si>
   <si>
     <t>Bancada PMDB</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4642/4642_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4642/4642_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA EXTERNADO POR ESTA CASA LEGISLATIVA VOTOS DE PESAR AOS FAMILIARES DO SENHOR  ARLINDO HEROLD, FALECIDO EM 07 DE JUNHO DE 2016, AOS 82 ANOS DE IDADE.  </t>
   </si>
   <si>
     <t>4670</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4670/4670_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4670/4670_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADA MOÇÃO DE PESAR À FAMÍLIA DO MENINO PABLO ALMEIDA, FALECIDO NO DIA 23 DE JUNHO DE 2016 AOS 12 ANOS.</t>
   </si>
   <si>
     <t>4671</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4671/4671_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4671/4671_texto_integral.docx</t>
   </si>
   <si>
     <t>QUE SEJA EXTERNADO POR ESTA CASA LEGISLATIVA VOTOS DE PESAR AOS FAMILIARES DA SENHORA IDENARA NASCIMENTO DOS REIS, FALECIDA EM 23 DE JUNHO DE 2016, AOS 40 ANOS DE IDADE.</t>
   </si>
   <si>
     <t>4683</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4683/4683_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4683/4683_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA EXTERNADO POR ESTA CASA LEGISLATIVA VOTOS DE PESAR AOS FAMILIARES DO SENHOR VALDEVINO PACHECO, FALECIDO EM 21 DE JUNHO DE 2016, AOS 64 ANOS DE IDADE.  </t>
   </si>
   <si>
     <t>4682</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4682/4682_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4682/4682_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO AOS SERVIDORES DO JUDICIÁRIO.</t>
   </si>
   <si>
     <t>4689</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4689/4689_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4689/4689_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE APLAUSOS, OU CONGRATULAÇÕES, DIRIGIDA A ABASC (ASSOCIAÇÃO BENEFICENTE AMIGOS SOLIDÁRIOS DE CANELA)QUE COMPLETA TRÊS ANOS COM A INCRÍVEL MARCA DE MAIS DE R$600 MIL INVESTIDOS EM CAUSAS SOCIAIS. </t>
   </si>
   <si>
     <t>4690</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4690/4690_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4690/4690_texto_integral.docx</t>
   </si>
   <si>
     <t>QUE SEJA EXTERNADO POR ESTA CASA VOTOS DE APLAUSOS E CONGRATULAÇÕES AO PASTOR JOÃO PEDRO PAIXÃO, PELA PASSAGEM DO SEU ANIVERSÁRIO DIA 28 DE JUNHO DE 2016.</t>
   </si>
   <si>
     <t>4691</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4691/4691_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4691/4691_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA EXTERNADA POR ESTA CASA VOTOS DE APLAUSOS E CONGRATULAÇÕES A ABASC, PELOS TRÊS ANOS DE TRABALHOS JUNTA A COMUNIDADE CANELENSE, PRINCIPALMENTE JUNTO AO HOSPITAL DE CARIDADE DE CANELA. </t>
   </si>
   <si>
     <t>4747</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4747/4747_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4747/4747_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SEJAM EXTERNADOS POR ESTA CASA VOTOS DE PESAR AOS FAMILIARES PELO FALECIMENTO DO SR: ARLINDO SCHAFER, OCORRIDO NO DIA 17 DE JULHO DE 2016, NA IDADE DE 90 ANOS. </t>
   </si>
   <si>
     <t>4748</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4748/4748_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4748/4748_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SEJAM EXTERNADOS POR ESTA CASA VOTOS DE PESAR AOS FAMILIARES PELO FALECIMENTO DO SR OSMAR ROST, OCORRIDO NO DIA 19 DE JULHO DE 2016, NA IDADE DE 71 ANOS. </t>
   </si>
   <si>
     <t>4760</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4760/4760_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4760/4760_texto_integral.docx</t>
   </si>
   <si>
     <t>QUE SEJA EXTERNADO POR ESTA CASA VOTOS DE APLAUSOS E CONGRATULAÇÕES AO CANELENSE E ATLETA DE TIRO ESPORTIVO ROBERTO SCHMITS,  PELA  SUA PARTICIPAÇÃO NAS OLIMPÍADAS DO RIO 2016 E POR TER CHEGADO COMO 15ª COLOCAÇÃO DA FOSSA OLÍMPICA.</t>
   </si>
   <si>
     <t>4761</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4761/4761_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4761/4761_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR  PARA FAMILIA DA SENHORA IVONE MEYER.</t>
   </si>
   <si>
     <t>4836</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4836/4836_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4836/4836_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SEJAM EXTERNADOS POR ESTA CASA VOTOS DE PESAR AOS FAMILIARES PELO FALECIMENTO DA SRA: PROFESSORA IDALCEMA GONÇALVES DOS REIS, OCORRIDO NO DIA 04 DE SETEMBRO DE 2016, NA IDADE DE 69 ANOS. </t>
   </si>
   <si>
     <t>4893</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4893/4893_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4893/4893_texto_integral.docx</t>
   </si>
   <si>
     <t>QUE SEJAM EXTERNADOS POR ESTA CASA, VOTOS DE APLAUSOS E CONGRATULAÇÕES AO SR. LUIS CARLOS EGGRES LUCAS, QUE PARTICIPOU TRABALHANDO COMO SEGURANÇA DA GUARDA NACIONAL NAS OLIMPÍADAS E PARAOLIMPÍADAS RIO 2016.</t>
   </si>
   <si>
     <t>4898</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4898/4898_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4898/4898_texto_integral.docx</t>
   </si>
   <si>
     <t>SEJA EXTERNADOS POR ESTA CASA, AO SENHOR PREFEITO MUNICIPAL, VOTOS DE REPÚDIO A TROCA DE LOCAL DO ABRIGO DA CASA LAR EM DESFAVOR DO LOCAL DA EMEI DINÁH SIGNORI.</t>
   </si>
   <si>
     <t>4907</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4907/4907_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4907/4907_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SEJAM EXTERNADOS POR ESTA CASA, VOTOS DE APLAUSOS E CONGRATULAÇÕES AO PROJETO NATAL DA CRIANÇA EM CANELA, QUE INICIOU NO ANO DE 2011._x000D_
 </t>
   </si>
   <si>
     <t>4926</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4926/4926_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4926/4926_texto_integral.docx</t>
   </si>
   <si>
     <t>SEJA EXTERNADO POR ESTA CASA VOTOS DE PESAR AOS FAMILIARES DO SR. EDSON HERMANN DE SOUZA FALECIDO NO DIA 03 DE NOVEMBRO DE 2016, AOS 32 ANOS DE IDADE.</t>
   </si>
   <si>
     <t>4925</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4925/4925_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4925/4925_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR À FAMÍLIA DE LUIZ GUSTAVO CASTILHOS SEIBT , FALECIDO NO DIA 01 DE NOVEMBRO DE 2016, AOS 19 ANOS DE IDADE.</t>
   </si>
   <si>
     <t>4971</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4971/4971_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4971/4971_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA EXTERNADA POR ESTA CASA VOTOS DE APLAUSOS E CONGRATULAÇÕES A DIRETORIA DA ESCOLA ESTADUAL NEUSA MARI MARCHECO, PELO XXIII FESTIVAL DE DANÇA, QUE OCORREU DE 08 A 11 DE NOVEMBRO DE 2016. </t>
   </si>
   <si>
     <t>4972</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4972/4972_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4972/4972_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA EXTERNADO POR ESTA CASA VOTOS DE APLAUSOS E CONGRATULAÇÕES A NOVA DIRETORIA DA ACIC (ASSOCIAÇÃO COMERCIA E INDUSTRIAL DE CANELA) QUE OCORREU DIA 11 DE NOVEMBRO DE 2016. </t>
   </si>
   <si>
     <t>5011</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5011/5011_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5011/5011_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR À FAMÍLIA DE BERNARDO MIRANDA COLLORIO.</t>
   </si>
   <si>
     <t>5023</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5023/5023_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5023/5023_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO À FRENTE EM DEFESA DO PATRIMÔNIO PÚBLICO DO ESTADO DO RIO GRANDE DO SUL, NA LUTA EM DEFESA DAS EMPRESAS PÚBLICAS DO POVO GAÚCHO,COMO SULGÁS , CEEE E  CPRM, EMPRESAS ESTAS QUE SÃO DE FUNDAMENTAIS PARA O DESENVOLVIMENTO DO ESTADO E QUE SE CONFUNDEM NA HISTORIA DA NOSSA GENTE, QUE FAZEM O DIFERENCIAL DESTE ESTADO, MOTIVO PELOS QUAIS ELAS DEVEM PERMANECER PÚBLICAS.</t>
   </si>
   <si>
     <t>4308</t>
   </si>
   <si>
     <t>PEI</t>
   </si>
   <si>
     <t>Pedido de Informações</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4308/4308_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4308/4308_texto_integral.docx</t>
   </si>
   <si>
     <t>REFERENTE ÀS ESCOLAS MUNICIPAIS DE EDUCAÇÃO INFANTIL DE CANELA: ATUALMENTE QUANTAS ESCOLINHAS ESTÃO SOB A RESPONSABILIDADE DO MUNICÍPIO E QUANTAS CRIANÇAS ESTÃO MATRICULADAS, DISCRIMINADAS POR ESCOLAS, RELAÇÃO DOS PROFESSORES COM NOMES E RESPECTIVA ESCOLAS QUE NAS QUAIS ESTÃO LOTADOS, CARGA HORÁRIA DE CADA PROFESSOR, BEM COMO, ESCALA DE CUMPRIMENTO DESTES, INDIVIDUALIZADA POR PROFISSIONAL, RELAÇÃO DE OUTROS SERVIDORES LOTADOS EM CADA ESCOLA, RELAÇÃO DO HORÁRIO DE FUNCIONAMENTO DE CADA ESCOLINHA.</t>
   </si>
   <si>
     <t>4309</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4309/4309_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4309/4309_texto_integral.docx</t>
   </si>
   <si>
     <t>REFERENTE À OBRA QUE ESTAVA SENDO CONSTRUÍDA NO CEMITÉRIO MUNICIPAL DE CANELA, NA RUA GODOFREDO RAIMUNDO SOBRE O PASSEIO PUBLICO E TINHA SIDO PARALISADA, QUE FOI RECOMEÇADA, COPIA DA LIBERAÇÃO DA OBRA, COPIA DO PROJETO APROVADO, CÓPIA DA LICENÇA PARA CONSTRUÇÃO.</t>
   </si>
   <si>
     <t>4310</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4310/4310_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4310/4310_texto_integral.docx</t>
   </si>
   <si>
     <t>REFERENTE ÀS POPULARMENTE CONHECIDAS TERCEIRIZAÇÃO DAS ESCOLAS INFANTIS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>4311</t>
   </si>
   <si>
     <t>REFERENTE À RELAÇÃO DOS DETENTORES DE CARGOS EM COMISSÃO, DE FUNÇÕES GRATIFICADAS E DOS ESTAGIÁRIOS.</t>
   </si>
   <si>
     <t>4259</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4259/4259_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4259/4259_texto_integral.docx</t>
   </si>
   <si>
     <t>REFERENTE AO INFORMATIVO QUE ESTA CIRCULANDO NOS MEIOS DE COMUNICAÇÃO, RELAÇÃO DAS 100(CEM) OBRAS QUE ESTÃO EM EXECUÇÃO NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>4258</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4258/4258_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4258/4258_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA ENCAMINHADO O DEMONSTRATIVO DE CREDITO FINANCEIRO POR SUPERÁVIT FINANCEIRO DO EXERCÍCIO 2014 SEPARADO, RELATÓRIO DE SUPLEMENTAÇÃO, SEPARADOS POR VINCULO DE RECURSOS, PLANILHA DO SUPERÁVIT FINANCEIRO DO EXERCÍCIO 2014._x000D_
 </t>
   </si>
   <si>
     <t>4257</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4257/4257_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4257/4257_texto_integral.docx</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO BALANCETE DE DESPESAS EFETUADAS NOS EXERCÍCIOS DE 2013, 2014 E 2015, DOS SEGUINTES ITENS, DIÁRIA DE VIAGEM, HORAS EXTRAS, CURSOS, CONTRAPARTIDA PARA OBJETOS OU ATIVIDADES VINCULADOS A RECURSOS ORIUNDOS DE FONTES EXTRAORDINÁRIAS, COMO TRANSFERÊNCIAS VOLUNTARIAS, OPERAÇÕES DE CREDITO, ALIENAÇÃO DE ATIVOS, DESDE QUE AINDA NÃO COMPROMETIDO, OBRAS EM GERAL, DESDE QUE AINDA NÃO INICIADA, DOTAÇÃO PARA COMBUSTÍVEIS DESTINADA A FROTA DE VEÍCULOS DOS SETORES DE TRANSPORTES, OBRAS, SERVIÇOS PÚBLICOS E AGRICULTURA, DOTAÇÃO PARA MATERIAL DE CONSUMO E OUTROS SERVIÇOS DE TERCEIROS DAS DIVERSAS ATIVIDADES.</t>
   </si>
   <si>
     <t>4316</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4316/4316_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4316/4316_texto_integral.docx</t>
   </si>
   <si>
     <t>REFERENTE AO VEICULO VAN PLACA IVS 6214: QUEM ERA O MOTORISTA, CÓPIA DA HABILITAÇÃO DO MESMO, FOI ABERTO ALGUM PAD OU SINDICÂNCIA, QUAL FOI O CUSTO DO CONSERTO E QUAL FOI FORMA DE PAGAMENTO E QUEM PAGOU, QUAL VEICULO FOI DISPONIBILIZADO PARA SUBSTITUIR O MESMO, FOI CONTRATADA UMA EMPRESA PARA SUBSTITUIR? SE POSITIVO, QUAL FOI À EMPRESA, QUAL O PERÍODO DE CONTRATAÇÃO E QUAL O VALOR E QUEM ARCARA COM ESTA DESPESA.</t>
   </si>
   <si>
     <t>4274</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4274/4274_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4274/4274_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">REFERENT AO ATENDIMENTO NO BANCOS QUE AS AGENCIAS SEJAM NOTIFICADAS, SE JÁ FORAM NOTIFICADAS,QUE SEJAM ENVIADAS CÓPIA DESTAS NOTIFICAÇÕES.   _x000D_
 </t>
   </si>
   <si>
     <t>4314</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4314/4314_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4314/4314_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">REFERENTE ÁS 71 RUAS: QUE SEJA FORNECIDO O CRONOGRAMA DE EXECUÇÃO, DAS REFERIDAS RUAS E RESPECTIVOS BAIRROS. </t>
   </si>
   <si>
     <t>4279</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4279/4279_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4279/4279_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITO, QUE O PODER EXECUTIVO INFORME SOBRE DE QUE FORMA FOI REALIZADA A DEMISSÃO DOS(AS) AGENTES DE SAÚDE DE CANELA, QUANTO AO ACERTO DE SEUS PAGAMENTOS E DIREITOS RESCISÓRIOS.</t>
   </si>
   <si>
     <t>4292</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4292/4292_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4292/4292_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">EM RELAÇÃO AO TRANSPORTE DOS ESTUDANTES UNIVERSITÁRIOS E TÉCNICOS DE CANELA PARA QUE SEJA INFORMADO: SE SERÁ FEITO O REPASSE DOS 100% DO TRANSPORTE PARA OS ESTUDANTES UNIVERSITÁRIOS E TÉCNICOS DE CANELA EM 2016, CONFORME CONSTA NO PLANO DE GOVERNO DA ATUAL GESTÃO?	QUANDO E DE QUE FORMA SERÁ EFETUADO O REPASSE DOS RECURSOS DESTINADOS AO TRANSPORTE DOS ESTUDANTES UNIVERSITÁRIOS E TÉCNICOS DE CANELA PARA ANO DE 2016?_x000D_
 QUANDO SERÁ ENVIADO PARA CÂMARA DE VEREADORES O PROJETO DE LEI CONCEDENDO A GRATUIDADE DO TRANSPORTE PARA OS ESTUDANTES UNIVERSITÁRIOS E TÉCNICOS DE CANELA._x000D_
 </t>
   </si>
   <si>
     <t>4305</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4305/4305_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4305/4305_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">EM RELAÇÃO A MATÉRIA VEICULADA NOS JORNAIS LOCAIS (INTEGRAÇÃO, FOLHA DE CANELA E NOVA ÉPOCA) DO DIA 11 DE MARÇO DE 2016, CUJA A MATÉRIA TRAZ COMO TITULO: REVITALIZAÇÃO DO TREM AGUARDA APROVAÇÃO DA CÂMARA PARA QUE SEJA FORNECIDO: CÓPIA DO LAUDO TÉCNICO QUE ATESTA O RISCO DO PRÉDIO DESABAR;CÓPIA DA ART DO RESPONSÁVEL PELA EMISSÃO DO REFERIDO LAUDO._x000D_
 </t>
   </si>
   <si>
     <t>4306</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4306/4306_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4306/4306_texto_integral.docx</t>
   </si>
   <si>
     <t>EM RELAÇÃO AO PRÉDIO DA ANTIGA ESTAÇÃO FERROVIÁRIA, LOCALIZADO NA PRAÇA CENTRAL DO MUNICÍPIO, ONDE TAMBÉM ESTÁ SITUADA A SECRETARIA DE TURISMO DE CANELA E A CENTRAL DE INFORMAÇÕES. QUE SEJA INFORMADO QUAL A SITUAÇÃO DO REFERIDO PRÉDIO, PRINCIPALMENTE NO QUE DIZ RESPEITO AO PPCI, E SE O MESMO CORRE ALGUM RISCO DE DESABAMENTO.</t>
   </si>
   <si>
     <t>4354</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4354/4354_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4354/4354_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">EM RELAÇÃO AO CERCAMENTO/MURO DA ESCOLA CONEGO JOÃO MARQUESI._x000D_
 SE SERÁ FEITO NOVA LICITAÇÃO PARA CONCLUSÃO DO MURO/CERCAMENTO DA ESCOLA CONEGO JOÃO MARQUESI. CASO SIM SE JÁ TEM DATA PREVISTA._x000D_
 CASO NÃO SEJA FEITA NOVA LICITAÇÃO DE QUEFORMA SERÁ CONCLUÍDA A OBRA?HÁ ALGUMA PARCERIA PRIVADA OU COMPENSAÇÃODE ALGUMA EMPRESA SE CASO POSITIVO INFORMAR QUAL?_x000D_
 SE HÁ ALGUM RECURSO RESERVADO PARA ESTA OBRA? SE POSITIVO  INFORMAR DE ONDE O MESMO VEIO._x000D_
 CÓPIA DO CONTRATO COM A EMPRESA QUE VENCEU A LICITAÇÃO._x000D_
 CÓPIA DO TERMO DE DISTRATO DO REFERIDO CONTRATO._x000D_
 CÓPIA DO DAS PLANILHAS DE MEDIÇÕES DA OBRA EXECUTADA. _x000D_
 CÓPIA DOS PAGAMENTOS EFETUADOS._x000D_
 </t>
   </si>
   <si>
     <t>4353</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4353/4353_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4353/4353_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">VEREADOR SIGNATÁRIO, NO USO DE SUAS ATRIBUIÇÕES LEGAIS E REGIMENTAIS, SOLICITA QUE APÓS APROVADO EM PLENÁRIO SEJA ENCAMINHADO À ADMINISTRAÇÃO MUNICIPALPEDIDO DE INFORMAÇÕES PARA QUE SEJA INFORMADO:_x000D_
 EM RELAÇÃO AO CERCAMENTODO CAMPO DO BAIRRO SÃO RAFAEL:_x000D_
 QUE PROVIDENCIAS ESTÃO SENDO TOMADAS PELO EXECUTIVO EM RELAÇÃO  A PRESERVAÇÃO DO CAMPO DO BAIRRO SÃO RAFAEL?_x000D_
 SE TEM ALGUM PROJETO PARA RECUPERAR ESTE ESPAÇO PÚBLICO DE USO DA COMUNIDADE. SE POSITIVO INFORMAR DE ONDE ESTÃO VINDOS ESTES RECURSOS._x000D_
 EM RELAÇÃO AO VANDALISMO OCORRIDO NAQUELE ESPAÇO QUE PROVIDENCIAS FORAM TOMADAS PELO EXECUTIVO. ENVIAR CÓPIA._x000D_
 </t>
   </si>
   <si>
     <t>4360</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4360/4360_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4360/4360_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">REFERENTE O VALOR COBRADO PARA O ALUGUEL DA CAPELA MORTUÁRIA DO CENTRO. </t>
   </si>
   <si>
     <t>4371</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4371/4371_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4371/4371_texto_integral.docx</t>
   </si>
   <si>
     <t>CÓPIAS DOS PROCESSOS ADMINISTRATIVOS QUE ORIGINARAM OS EDITAIS DE CONCORRÊNCIA Nº 09 E 13 DE 2015, DE CAPA A CAPA.</t>
   </si>
   <si>
     <t>4372</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4372/4372_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4372/4372_texto_integral.docx</t>
   </si>
   <si>
     <t>REFERENTE AOS RECURSOS DA UNIÃO DESTINADOS AO HOSPITAL DE CARIDADE DE CANELA, QUAL O VALOR QUE VEIO EM 2013, 2014 E 2015, DESCRIMINADOS, QUANTO DE RECURSO DO LIVRE FOI DESTINADO AO HOSPITAL EM 2013, 2014 E 2015 DESCRIMINADOS, EXISTE ALGUM RECURSO ATRASADO DA UNIÃO, QUAL O VALOR ATRASADO E DE QUAL PERÍODO.</t>
   </si>
   <si>
     <t>4373</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4373/4373_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4373/4373_texto_integral.docx</t>
   </si>
   <si>
     <t>REFERENTE À ÁREA PERTENCENTE À PREFEITURA, NA RUA VICTOR MATHEUS TEIXEIRA STREET, VILA DANTE, QUE ESTA SENDO INVADIDA, QUAIS AS PROVIDENCIAS QUE FORAM TOMADAS REFERENTE ÀS DENUNCIAS DE INVASÃO, CÓPIA DAS NOTIFICAÇÕES FEITAS AOS INVASORES, QUAIS AS PROVIDENCIAS TOMADAS PARA PROTEGER ESSA ÁREA.</t>
   </si>
   <si>
     <t>4396</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4396/4396_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4396/4396_texto_integral.docx</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADA A ESTA CASA A CÓPIA DO CONTRATO 110/2015, E TODOS OS TERMOS DE CONVÊNIO EXISTENTES ENTRE A PREFEITURA MUNICIPAL DE CANELA E A CASA LAR NO ANO DE 2015 E 2016.</t>
   </si>
   <si>
     <t>4395</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4395/4395_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4395/4395_texto_integral.docx</t>
   </si>
   <si>
     <t>QUAL O NÚMERO DE AGENTES PÚBLICOS EM EXERCÍCIO NA ADMINISTRAÇÃO PÚBLICA DE CANELA, QUAL O NÚMERO DE APOSENTADOS E PENSIONISTAS EXISTENTES NA ADMINISTRAÇÃO PÚBLICA DE CANELA, EXISTE PREVIDÊNCIA PRIVADA OU COMPLEMENTAR NO MUNICÍPIO DE CANELA? SE NEGATIVA A RESPOSTA, EXISTE ALGUM PROJETO EM ANDAMENTO PARA A INSTITUIÇÃO DE UMA PREVIDÊNCIA PRIVADA OU COMPLEMENTAR.</t>
   </si>
   <si>
     <t>4393</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4393/4393_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4393/4393_texto_integral.docx</t>
   </si>
   <si>
     <t>REFERENTE AO ACIDENTE QUE TEVE DENTRO DO PÁTIO OU GARAGEM, ENVOLVENDO O VEICULO VAN PLACA IVS 6214, NO ANO DE 2015, QUEM ERA O MOTORISTA, CÓPIA DA HABILITAÇÃO DO MESMO, FOI ABERTO ALGUM PAD OU SINDICÂNCIA; CÓPIA DE TODOS, QUAL FOI O CUSTO DO CONSERTO E QUAL FOI FORMA DE PAGAMENTO E QUEM PAGOU, QUAL VEICULO FOI DISPONIBILIZADO PARA SUBSTITUIR O MESMO, FOI CONTRATADA UMA EMPRESA PARA SUBSTITUIR? SE POSITIVO, QUAL FOI À EMPRESA, QUAL O PERÍODO DE CONTRATAÇÃO E QUAL O VALOR E QUEM ARCARA COM ESTA DESPESA.</t>
   </si>
   <si>
     <t>4391</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4391/4391_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4391/4391_texto_integral.docx</t>
   </si>
   <si>
     <t>RETIFICANDO O PEDIDO DE INFORMAÇÃO 14 DE 2016, REFERENTE ÁS 71 RUAS, QUE SEJA FORNECIDO DE FORMA INDIVIDUALIZADO À ORDEM DE INICIO DAS REFERIDAS OBRAS.</t>
   </si>
   <si>
     <t>4400</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4400/4400_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4400/4400_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">REFERENTE À ASSOCIAÇÃO EDUCACIONAL CIDADE DAS FLORES:_x000D_
 _x000D_
 A)	QUANTO FOI PAGO A ASSOCIAÇÃO CIDADE DAS FLORES EM 2013, 2014 E 2015, DESCRIMINADOS POR MÊS E POR ANO;_x000D_
 B)	QUANTO DESSES VALORES FOI RECURSO DA UNIÃO E QUANTO DOS COFRES DO MUNICÍPIO;_x000D_
 C)	COPIA DO ATESTADO DE FILANTROPIA DA ASSOCIAÇÃO CIDADE DAS FLORES. _x000D_
 </t>
   </si>
   <si>
     <t>4401</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4401/4401_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4401/4401_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">REFERENTE A EMPRESA MERLIN SISTEMA DE ENSINO LIMITADA (EXPOENTE):_x000D_
 _x000D_
 A)	CÓPIA DO CONTRATO COM A EMPRESA E ATÉ QUANDO TEM VALIDADE O CONTRATO;_x000D_
 B)	QUAL O VALOR GASTO DESDE O INICIO DO CONTRATO ATÉ A PRESENTE DATA;_x000D_
 </t>
   </si>
   <si>
     <t>4402</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4402/4402_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4402/4402_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA FORNECIDO OS DADOS DO CENSO ESCOLAR DA REDE PÚBLICA MUNICIPAL, DOS ALUNOS ATENDIDOS PELA PREFEITURA E CONVENIADAS DE 2010 A PRESENTE DATA. QUE SEJA DESCRIMINADA POR NÍVEL DE EDUCAÇÃO, INFANTIL E FUNDAMENTAL. </t>
   </si>
   <si>
     <t>4436</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4436/4436_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4436/4436_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">RELAÇÃO DE QUANTOS ÁRBITROS FORAM CONTRATADOS DE JANEIRO DE 2009 A DEZEMBRO DE 2012 E DE JANEIRO DE 2013 A PRESENTE DATA, DESCRIMINADA MÊS A MÊS.  _x000D_
 QUE SEJA FORNECIDO O QUANTO FOI GASTO COM ARBITRAGEM DE JANEIRO DE 2009 A DEZEMBRO DE 2012 E DE JANEIRO DE 2013 A PRESENTE DATA, DESCRIMINADA MÊS A MÊS.  _x000D_
 </t>
   </si>
   <si>
     <t>4466</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4466/4466_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4466/4466_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">REFERENTE ÀS EMENDAS PARLAMENTARES DESTINADAS E QUE FORAM RECEBIDAS PELO MUNICÍPIO DE CANELA NO ANO DE 2015 E 2016, QUE SEJA ENCAMINHADO O QUE SE PEDE:_x000D_
 O NOME DOS RESPECTIVOS DEPUTADOS E SENADORES AUTORES DAS EMENDAS E PARTIDOS,_x000D_
 OS VALORES E AS ÁREAS CONTEMPLADAS, E AS OBRAS QUE FORAM EXECUTADAS OU QUE AINDA ESTÃO EM ANDAMENTO._x000D_
 </t>
   </si>
   <si>
     <t>4465</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4465/4465_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4465/4465_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITO AO PODER EXECUTIVO O LEVANTAMENTO DOS LOTES VENDIDOS OCUPADOS ATUALMENTE NO LOTEAMENTO MAREDIAL NO BAIRRO SANTA MARTA E OS LOTES QUE ESTÃO DESOCUPADOS NO MESMO LOTEAMENTO MAREDIAL NO BAIRRO SANTA MARTA.</t>
   </si>
   <si>
     <t>4491</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4491/4491_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4491/4491_texto_integral.docx</t>
   </si>
   <si>
     <t>REFERENTE À REPORTAGEM QUE SAIU NO JORNAL NOVA ÉPOCA DIA 06 DE MAIO DE 2016, &amp;#8220;CANELA RECEBE CÃES ABANDONADOS DE GRAMADO&amp;#8221;:_x000D_
 	CONFIRMA A INFORMAÇÃO DE QUE OS ANIMAIS SOB-RESPONSABILIDADE DA PREFEITURA DE GRAMADO (30 CÃES) FORAM TRAZIDOS PARA UMA INSTITUIÇÃO NA LINHA SÃO PAULO, INTERIOR DE CANELA;_x000D_
 POR QUE;_x000D_
 COMO ESTÁ ENQUADRADA A PROPRIEDADE; _x000D_
 TEM ALVARÁ;_x000D_
 TEM LICENÇA AMBIENTAL;_x000D_
 QUANTOS ANIMAIS DE GRAMADO, ESSA PROPRIEDADE VAI RECEBER;_x000D_
 QUAL A CAPACIDADE DO CANIL;_x000D_
 QUAL A OPINIÃO DA ADMINISTRAÇÃO MUNICIPAL DE CANELA SOBRE RECEBER OS ANIMAIS ABANDONADOS DE GRAMADO;_x000D_
 A PREFEITURA CONCORDA;_x000D_
 CONSIDERANDO QUE CANELA TEM A ASSOCIAÇÃO AMIGO BICHO EM SITUAÇÃO DELICADA, NÃO FICA IRÔNICO RECEBER MAIS ANIMAIS DE OUTRA CIDADE;ESSA INSTITUIÇÃO PROCUROU A ADMINISTRAÇÃO DE CANELA PARA OFERECER O SERVIÇO DA HOSPEDARIA OU CANIL;_x000D_
 SE HOUVE A PROCURA, QUAL FOI À POSIÇÃO DA ADMINISTRAÇÃO;_x000D_
 SE POR ACASO A ADMINISTRAÇÃO DE GRAMADO CANCELAR O CONTRATO COM ESSA HOSPEDARIA OU CANIL, ELES VÃO LEVAR ESSES ANIMAIS DE VOLTA PARA GRAMADO;</t>
   </si>
   <si>
     <t>4490</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4490/4490_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4490/4490_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">REFERENTE AOS AGENTES DE SAÚDE:_x000D_
 RELAÇÃO DE TODOS OS AGENTES DE SAÚDES QUE FORAM APROVADOS NO ULTIMO CONCURSO;_x000D_
 CÓPIA DAS NOMEAÇÕES DE TODOS OS AGENTES APROVADOS NESTE ULTIMO CONCURSO;_x000D_
 EXISTE ALGUM AGENTE DE SAÚDE GANHANDO FG? SE HOUVER, CÓPIA DA RELAÇÃO;_x000D_
 </t>
   </si>
   <si>
     <t>4497</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4497/4497_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4497/4497_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">REFERENTE AOS REDUTORES DE VELOCIDADE QUE SERÃO COLOCADOS ESSE ANO NA CIDADE:_x000D_
 RELAÇÃO DAS RUAS E LOCAL ESPECÍFICO, QUE IRÃO RECEBER ESTES REDUTORES._x000D_
 </t>
   </si>
   <si>
     <t>4496</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4496/4496_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4496/4496_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">REFERENTE AO EMAIL ENVIADO PELA CANELENSE MARCIA ROSI DA ROSA, PARA TRANSITO@CANELA.RS.GOV.BR, COM OS SEGUINTES QUESTIONAMENTOS, E QUE NÃO FORAM RESPONDIDOS:_x000D_
 O (A) PROPRIETÁRIO (A) DO FERRO VELHO LOCALIZADO NA RUA SUÍÇA, TEM CONCESSÃO OU PERMISSÃO PARA UTILIZAR A VIA E O PASSEIO PÚBLICO PARA DEPOSITAR SEUS CARROS (E NA CONTRA MÃO);_x000D_
 ONDE ESTÃO OS AZUIZINHOS DE CANELA;_x000D_
 PORQUE NÃO EXISTE FISCALIZAÇÃO._x000D_
 </t>
   </si>
   <si>
     <t>4495</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4495/4495_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4495/4495_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">REFERENTE AO OBSERVATÓRIO DO PARQUE DO CARACOL:_x000D_
 CÓPIA DO CONTRATO DE CONCESSÃO;_x000D_
 CÓPIA DE TODOS E QUAISQUER PAPEIS REFERENTE A ESTA CONCESSÃO._x000D_
 </t>
   </si>
   <si>
     <t>4500</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4500/4500_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4500/4500_texto_integral.doc</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÃO SOBRE VALOR DE PASSAGENS.</t>
   </si>
   <si>
     <t>4529</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4529/4529_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4529/4529_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA-SE QUE O MTG INFORME DE QUE FORMA AUXILIA OS PIQUETES TRADICIONALISTAS DA REGIÃO, OS QUAIS ARGUMENTAM FALTA DE ATENÇÃO E APOIO POR PARTE DO MTG._x000D_
 SOLICITA-SE TAMBÉM QUE SEJA INFORMADO AOS PIQUETES DA REGIÃO SERRANA,  DE QUE FORMA E ONDE SÃO INVESTIDOS OS RECURSOS ARRECADADOS DURANTE O ANO.</t>
   </si>
   <si>
     <t>4530</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4530/4530_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4530/4530_texto_integral.docx</t>
   </si>
   <si>
     <t>QUANTOS INSTRUTORES E INTERPRETES DE LIBRAS  TEM  LOTADO NA ESCOLA SEVERINO TRAVI, LOCALIZADA NO BAIRRO DISTRITO INDUSTRIAL, QUAL O NÚMERO DE ALUNOS ATENDIDO POR CADA PROFESSOR, HAVENDO ALUNOS DESASSISTIDOS INFORMAR O NÚMERO?.</t>
   </si>
   <si>
     <t>4537</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4537/4537_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4537/4537_texto_integral.docx</t>
   </si>
   <si>
     <t>SE A PASSAGEM DA TOCHA OLÍMPICA PELA CIDADE TERÁ ALGUM CUSTO AO MUNICÍPIO? _x000D_
 SE A RESPOSTA FOR POSITIVA, QUAL O VALOR TOTAL GASTO?</t>
   </si>
   <si>
     <t>4580</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4580/4580_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4580/4580_texto_integral.docx</t>
   </si>
   <si>
     <t>PARA QUE SEJA INFORMADO COMO ESTÁ SENDO DESENVOLVIDO O TRABALHO DE CONTROLE QUANTO ÀCHIPAGEM E CASTRAÇÃO DE ANIMAIS DE RUA NO MUNICÍPIO DE CANELA. SOLICITA AINDA, COMO ESTÁ O CUMPRIMENTO DO TAC ASSINADO COM A ASSOCIAÇÃO AMIGO BICHO E O MP/RS NO ANO PASSADO? DE MODO QUE POSSAMOS REDUZIR OU MESMO ELIMINAR ESTE PROBLEMA TÃO GRAVE QUANTO AOS ANIMAIS DE RUA EM NOSSA CIDADE, EVITANDO MAUS TRATOS E OUTROS.</t>
   </si>
   <si>
     <t>4576</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4576/4576_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4576/4576_texto_integral.docx</t>
   </si>
   <si>
     <t>COMO ESTÁ O ANDAMENTO PARA A IMPLANTAÇÃO DO PROJETO DE LEI SUGESTÃO N°36/2013 QUE TRATA DA GUARDA RESPONSÁVEL E CASTRAÇÃO DE ANIMAIS DE RUA? CONFORME AUDIÊNCIA PÚBLICA REALIZADA NESTA CASA NA DATA DE 26 DE NOVEMBRO DE 2013.</t>
   </si>
   <si>
     <t>4609</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4609/4609_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4609/4609_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">REFERENTE ÀS ESCOLAS MUNICIPAIS DE EDUCAÇÃO INFANTIL DE CANELA:_x000D_
 LISTA COM O NOME DE TODAS AS CRIANÇAS DAS ESCOLINHAS, SEPARADAMENTE POR ESCOLA, COM O ENDEREÇO DE CADA UMA DAS CRIANÇAS._x000D_
 </t>
   </si>
   <si>
     <t>4628</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4628/4628_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4628/4628_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">REFERENTE AO PRÉDIO DA ANTIGA ESCOLINHA TIO BETO: CÓPIA DO TERMO OU CONTRATO, ONDE A PREFEITURA ENTREGA O REFERIDO IMÓVEL PARA A ASSOCIAÇÃO CIDADE DAS FLORES UTILIZAR.  NO ATO DE ENTREGA DO PRÉDIO DA ESCOLA PARA A ASSOCIAÇÃO CIDADE DAS FLORES, FOI FEITO UM TERMO DE VISTORIA DO IMÓVEL? SE POSITIVO CÓPIA DESTE TERMO, NA DEVOLUÇÃO DO IMÓVEL PARA O MUNICÍPIO, FOI FEITO TERMO DE VISTORIA DE DEVOLUÇÃO? SE POSITIVO CÓPIA DO TERMO, INFORMAR A DATA DE ENTREGA E SAÍDA DA ACF NAS DEPENDÊNCIAS DA ESCOLINHA TIO BETO. _x000D_
  _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4643</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4643/4643_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4643/4643_texto_integral.docx</t>
   </si>
   <si>
     <t>REFERENTE AOS FOOD TRUCKS:_x000D_
 EXISTE ALGUMA LEI QUE REGULAMENTA ESTA ATIVIDADE NO MUNICÍPIO? SE TIVER, CÓPIA DA LEI;_x000D_
 QUANTOS VENDEDORES AMBULANTES DE ALIMENTO EXISTEM EM NOSSO MUNICÍPIO;_x000D_
 COPIA DO ALVARÁ DE CADA UM DESTES AMBULANTES DE ALIMENTOS;_x000D_
 FOI CONCEDIDO ALVARÁ PARA ESTA ATIVIDADE DE JULHO DE 2015 A PRESENTE DATA?_x000D_
 SE EXISTE PREVISÃO PARA A 	CONCESSÃO DE NOVOS ALVARÁS, SE EXISTIR, COMO SERÁ A CLASSIFICAÇÃO PARA A LIBERAÇÃO DESTA ATIVIDADE;_x000D_
 EXISTEM SOLICITAÇÕES DE ALVARÁ PARA ESTA ATIVIDADE DE FOOD TRUCKS? SE EXISTIR, CÓPIA DAS SOLICITAÇÕES;_x000D_
 COPIA DA LICENÇA OU QUALQUER OUTRA AUTORIZAÇÃO QUE PERMITE ESSA ATIVIDADE NO MUNICÍPIO;_x000D_
 EXISTE ALGUM LUGAR ESPECÍFICO PARA ESSA ATIVIDADE.</t>
   </si>
   <si>
     <t>4666</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4666/4666_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4666/4666_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">REFERENTE A REPORTAGEM DE SEXTA-FEIRA, 17 DE JUNHO DE 2016, ONDE O PREFEITO RECEBEU REPRESENTANTES DOS MORADORES DA ÁREA ADÃO MIROTI:_x000D_
 CÓPIA DO REFERIDO PROJETO EXISTENTE;_x000D_
 QUE SEJAM INFORMADAS QUAIS AS ÁREAS INDICADAS PARA A REALOCAÇÃO DAS FAMÍLIAS;_x000D_
 CONFORME RELATADO NA REPORTAGEM, NECESSITA-SE DE RECURSOS FEDERAIS PARA OS PROJETOS, CÓPIA DO REGISTRO JUNTO AO GOVERNO FEDERAL, DA SOLICITAÇÃO DE RECURSO PARA ESSA FINALIDADE._x000D_
 </t>
   </si>
   <si>
     <t>4692</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4692/4692_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4692/4692_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">REITERANDO O PEDIDO DE INFORMAÇÃO 40/2016:_x000D_
 REFERENTE AO E-MAIL ENVIADO PELA CANELENSE MARCIA ROSI DA ROSA, PARA TRANSITO@CANELA.RS.GOV.BR, COM OS SEGUINTES QUESTIONAMENTOS, E QUE NÃO FORAM RESPONDIDOS;O (A) PROPRIETÁRIO (A) DO FERRO VELHO LOCALIZADO NA RUA SUÍÇA, TEM CONCESSÃO OU PERMISSÃO PARA UTILIZAR A VIA E O PASSEIO PÚBLICO PARA DEPOSITAR SEUS CARROS (E NA CONTRA MÃO);ONDE ESTÃO OS AZUIZINHOS DE CANELA;PORQUE NÃO EXISTE FISCALIZAÇÃO;_x000D_
 </t>
   </si>
   <si>
     <t>4705</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4705/4705_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4705/4705_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE SEJA INFORMADO SOBRE A NÃO ABERTURA DA CRECHE DO BAIRRO SÃO JOSÉ, O QUE ESTÁ IMPEDINDO ESTA UNIDADE DE ENTRAR EM OPERAÇÃO.</t>
   </si>
   <si>
     <t>4731</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4731/4731_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4731/4731_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA FORNECIDA CÓPIA DOS DOCUMENTOS COMPROBATÓRIOS DO PAGAMENTO EFETUADO PELA MUNICIPALIDADE, DA VIA CONSIDERADA COMO FAIXA DE DOMÍNIO DO LOCAL ONDE ESTA SENDO CONSTRUÍDO O PÓRTICO, E QUEM FOI O BENEFICIÁRIO DO REFERIDO PAGAMENTO._x000D_
  </t>
   </si>
   <si>
     <t>4732</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4732/4732_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4732/4732_texto_integral.docx</t>
   </si>
   <si>
     <t>QUE SEJA FORNECIDO COPIA RELATIVO À DESAPROPRIAÇÃO DA OBRA DO PÓRTICO EMITIDO PELO MINISTÉRIO PÚBLICO FEDERAL.</t>
   </si>
   <si>
     <t>4758</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4758/4758_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4758/4758_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÃO SOBRE HORÁRIO DE ATENDIMENTO DO SAE HORTÊNCIAS, SERVIÇO DE ATENÇÃO ESPECIALIZADA MICRO REGIONAL, QUE HOJE É DE 04 HORAS DE FUNCIONAMENTO E ATENDIMENTO AO PÚBLICO, HORÁRIO ESTE QUE DEVERIA SER ESTENDIDO PARA 06 HORAS DE FUNCIONAMENTO PARA ATENDER A DEMANDA CRESCENTE DE PACIÊNTES.</t>
   </si>
   <si>
     <t>4835</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4835/4835_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4835/4835_texto_integral.docx</t>
   </si>
   <si>
     <t>REFERENTE AOS AGENTES DE SAÚDE, MAPA DE TODA A REGIÃO ATENDIDA PELO PSF (PLANO DE SAÚDE FAMILIAR), QUANTAS FAMÍLIAS SÃO ATENDIDAS MENSALMENTE, CÓPIA DA LEI FEDERAL E GUIA PRÁTICO DO AGENTE DE SAÚDE.</t>
   </si>
   <si>
     <t>4841</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4841/4841_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4841/4841_texto_integral.docx</t>
   </si>
   <si>
     <t>CÓPIA CAPA A CAPA DE TODO O PROCESSO DE LICITAÇÃO DO TRANSPORTE COLETIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>4865</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4865/4865_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4865/4865_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">REFERENTES ÀS PASSAGENS AÉREAS:_x000D_
 RELAÇÃO DE TODAS AS VIAGENS AÉREAS REALIZADAS DE JANEIRO DE 2015 A PRESENTE DATA._x000D_
 RELAÇÃO DE TODOS OS USUÁRIOS, DESTINO, DATA DE IDA E VOLTA E, AS MILHAGENS QUE GEROU A MESMA, INDIVIDUALMENTE._x000D_
 RELAÇÕES DE QUANTAS MILHAGENS FORAM GERADAS DE JANEIRO DE 2015 A PRESENTE DATA._x000D_
 </t>
   </si>
   <si>
     <t>4917</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4917/4917_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4917/4917_texto_integral.docx</t>
   </si>
   <si>
     <t>REFERENTE ÀS CONTAS DE ENERGIA ELÉTRICA:_x000D_
 RELAÇÃO DE TODOS OS PRÉDIOS PÚBLICOS, ALUGADOS, ENTIDADES E OUTROS QUE ESTÃO NA RELAÇÃO DE ENERGIA ELÉTRICA PAGOS PELA PREFEITURA; CÓPIA DOS RECIBOS DOS ÚLTIMOS 2 MESES, DE TODAS AS CONTAS DE ENERGIAS PAGAS PELA PREFEITURA; CÓPIA DOS RECIBOS DOS ÚLTIMOS 2 MESES DE PAGAMENTO DA ILUMINAÇÃO PUBLICA;</t>
   </si>
   <si>
     <t>4941</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4941/4941_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4941/4941_texto_integral.docx</t>
   </si>
   <si>
     <t>PARA QUE SEJA INFORMADO:_x000D_
 EM RELAÇÃO ÀS ESCOLINHAS INFANTIS:_x000D_
 QUANTOS ALUNOS TEM NA FILA DE ESPERA NA EDUCAÇÃO INFANTIL?_x000D_
 QUAIS ESCOLAS ATENDEM DE 0 A 3 ANOS? QUANTOS ALUNOS SÃO ATENDIDOS?_x000D_
 QUANTOS ALUNOS DA EDUCAÇÃO INFANTIL SERÃO FORMADOS EM 2016? LISTA POR ESCOLAS.</t>
   </si>
   <si>
     <t>4312</t>
   </si>
   <si>
     <t xml:space="preserve">PED </t>
   </si>
   <si>
     <t xml:space="preserve">Pedido de Providências </t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4312/4312_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4312/4312_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE SEJA PROVIDENCIADO COM A MÁXIMA URGÊNCIA, A PINTURA DAS GRADES DE PROTEÇÃO DO PARQUE DO LAGO, PINTURA DE MEIO FIOS DAS PISTAS DE CAMINHADA E CORRIDA, PINTURA DE MEIO FIOS AO REDOR DO LAGO, INSTALAR LIXEIRAS ECOLÓGICAS, PINTAR E SINALIZAR OS ESPAÇOS DE ESTACIONAMENTO, COLOCANDO LOCAL ADEQUADO PARA IDOSOS E DEFICIENTES FÍSICOS.&amp;#8221;</t>
   </si>
   <si>
     <t>4253</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4253/4253_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4253/4253_texto_integral.docx</t>
   </si>
   <si>
     <t>PARA QUE NA RUA GUILHERME DIENSTMANN, BAIRRO VILA BOEIRA SEJA CONTEMPLADA  COM PATROLAGEM E CASCALHAMENTO.</t>
   </si>
   <si>
     <t>4260</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4260/4260_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4260/4260_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA PROVIDENCIADA A LIMPEZA DAS BOCAS DE LOBO DA AVENIDA DO LAGO.  </t>
   </si>
   <si>
     <t>4272</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4272/4272_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4272/4272_texto_integral.doc</t>
   </si>
   <si>
     <t>PARA QUE SEJA FEITO A TROCA DE 02 LÂMPADAS QUEIMADAS,  NA RUA SETE DE SETEMBRO EM FRENTE AOS NÚMEROS 585 E 593 NO BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>4271</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4271/4271_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4271/4271_texto_integral.docx</t>
   </si>
   <si>
     <t>PARA QUE NA RUA MÉXICO, AV. DO LAGO SEJA FEITO A LIMPEZA DAS RÓTULAS, SOLICITO MEDIDAS URGENTES.</t>
   </si>
   <si>
     <t>4270</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4270/4270_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4270/4270_texto_integral.docx</t>
   </si>
   <si>
     <t>PARA QUE NA RUA DR. PEDRO SANDER, BAIRRO CANELINHA SEJA CONTEMPLADA  COM PATROLAGEM E CASCALHAMENTO.</t>
   </si>
   <si>
     <t>4315</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4315/4315_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4315/4315_texto_integral.docx</t>
   </si>
   <si>
     <t>PARA QUE NA RUA DR. CYRO SOARES SANDER, BAIRRO CANELINHA SEJA CONTEMPLADA  COM PATROLAGEM E CASCALHAMENTO, SOLICITO MEDIDAS URGENTES.</t>
   </si>
   <si>
     <t>4293</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4293/4293_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4293/4293_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">PARA QUE SEJA FEITO O TROCA DE 02 LÂMPADAS QUEIMADAS NA RUA PRESIDENTE JOÃO GOULART EM FRENTE AO NÚMERO 385 NO BAIRRO CANELINHA. </t>
   </si>
   <si>
     <t>4296</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4296/4296_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4296/4296_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">PARA QUE SEJA O EXECUTIVO MUNICIPAL FAÇA UMA AÇÃO COLETIVA EM TODOS OS BAIRROS DE NOSSA CIDADE  TROCANDO TODAS AS LÂMPADAS QUEIMADAS DA REDE PUBLICA DE ENERGIA ELÉTRICA. </t>
   </si>
   <si>
     <t>4301</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4301/4301_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4301/4301_texto_integral.docx</t>
   </si>
   <si>
     <t>QUE A PREFEITURA MUNICIPAL DE CANELA DISPONIBILIZE UM GUARDA PARA A ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL CÔNEGO JOÃO MARCHESI.</t>
   </si>
   <si>
     <t>4334</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4334/4334_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4334/4334_texto_integral.doc</t>
   </si>
   <si>
     <t>PARA QUE SEJA TAPADO UM BURACO NA  RS 235 ESQUINA COM A RUA PRIMEIRO DE JANEIRO NO BAIRRO SÃO  JOSÉ EM  CANELA - RS.</t>
   </si>
   <si>
     <t>4399</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4399/4399_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4399/4399_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">PARA QUE SEJA FEITO TROCA DE LÂMPADA QUEIMADA, NA RUA AÁLIA OPPITZ, N.º 47, BAIRRO JARDIM DAS FONTES. </t>
   </si>
   <si>
     <t>4411</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4411/4411_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4411/4411_texto_integral.docx</t>
   </si>
   <si>
     <t>PARA QUE SEJA FEITO O PATROLAMENTO, ACASCALHAMENTO E COMPACTAÇÃO DAS RUAS NO BAIRRO ALPES VERDES.</t>
   </si>
   <si>
     <t>4412</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4412/4412_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4412/4412_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">PARA QUE UTILIZE O TRATOR DE ROÇADA, E SEJA FEITO A LIMPEZA DAS LATERAIS DAS RUAS NO BAIRRO ALPES VERDES. </t>
   </si>
   <si>
     <t>4413</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4413/4413_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4413/4413_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA PROVIDENCIADA A LIMPEZA COM O MAXIMO DE URGÊNCIA NO PÁTIO DA OBRA INACABADA DA ESCOLA TIA DIVA.    </t>
   </si>
   <si>
     <t>4435</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4435/4435_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4435/4435_texto_integral.docx</t>
   </si>
   <si>
     <t>PEDIDO DE PROVIDÊNCIAS PARA QUE SEJA FEITO TROCA DE LÂMPADA QUEIMADA, NA RUA ALMIRANTE BARROSO Nº 292, EM FRENTE A APAE.</t>
   </si>
   <si>
     <t>4468</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4468/4468_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4468/4468_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA PROVIDENCIADA A REMOÇÃO DE UMA PLACA DE PUBLICIDADE, QUE SE ENCONTRA ONDE DEVERIA SER O PASSEIO PÚBLICO, ESQUINA RUA COSTA RICA COM A RUA INÁCIO SATURINO DE MORÃES.     </t>
   </si>
   <si>
     <t>4469</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4469/4469_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4469/4469_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE SEJA PROVIDENCIADO COM A MÁXIMA URGÊNCIA, O CONSERTO E ARRUMAÇÃO DO PLAYGROUND DO PARQUE DO LAGO QUE ESTÁ COM BRINQUEDOS ESTRAGADOS E PODE CAUSAR ACIDENTES COM AS CRIANÇAS, ALÉM DE COLOCAR UMA CERCA BAIXA E MAIS AREIA NA PARTE DO PARQUINHO COM PORTÃOZINHO, PRÓXIMO A ESQUINA DA APAE, POIS CRIANÇAS SAEM CORRENDO E INCLUSIVE CORREM RISCO DE ATROPELAMENTOS.</t>
   </si>
   <si>
     <t>4474</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4474/4474_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4474/4474_texto_integral.docx</t>
   </si>
   <si>
     <t>PARA QUE SEJA FEITO O PATROLAMENTO, ACASCALHAMENTO E COMPACTAÇÃO DA RUA GUILHERME DIENSTMANN, BAIRRO VILA BOEIRA.</t>
   </si>
   <si>
     <t>4489</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4489/4489_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4489/4489_texto_integral.docx</t>
   </si>
   <si>
     <t>PARA QUE SEJA FEITO O ATERRAMENTO, PATROLAMENTO, ACASCALHAMENTO E COMPACTAÇÃO DA RUA WILLIBALDI REINALDO DIETERICH, BAIRRO JARDIM DAS FONTES.</t>
   </si>
   <si>
     <t>4488</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4488/4488_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4488/4488_texto_integral.docx</t>
   </si>
   <si>
     <t>PARA QUE SEJA PROVIDENCIA A COLOCAÇÃO DE PLACA DE NOME DE RUA, NA ANTIGA RUA &amp;#8220;H&amp;#8221;, DO PROLONGAMENTO DO LOTEAMENTO MAREDIAL III, LOCALIZADA NO BAIRRO SÃO JOSÉ, DENOMINADA HOJE COMO RUA AMARO CELESTE DOS SANTOS.</t>
   </si>
   <si>
     <t>4487</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4487/4487_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4487/4487_texto_integral.docx</t>
   </si>
   <si>
     <t>PARA QUE SEJAM INTENSIFICAS AS TRATATIVAS JUNTO AO DAER, COM VISTAS A RETOMADA DAS OBRAS DE DUPLICAÇÃO DA RS 235, CANELINHA, SAIQUI.</t>
   </si>
   <si>
     <t>4486</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4486/4486_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4486/4486_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">PARA QUE SEJAM COLOCADAS PLACAS INDICATIVAS DE CAPACIDADE DE CARGA NA AVENIDA JOÃO PESSOA. </t>
   </si>
   <si>
     <t>4485</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4485/4485_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4485/4485_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">QUE A PREFEITURA SOLICITE A EMPRESA CONTRATADA PARA FAZER AS PAVIMENTAÇÕES ASFALTICAS E ESTA DEPOSITANDO O ATERRO NO TERRENO AO LADO DO ALMOXARIFADO DA PREFEITURA, NA RUA JÚLIO TRAVI, PARA QUE A MESMA EFETUE A LIMPEZA DA PISTA. </t>
   </si>
   <si>
     <t>4494</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4494/4494_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4494/4494_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">PARA QUE SEJA PINTADA UMA FAIXA DE SEGURANÇA NA AVENIDA CÔNEGO JOÃO MARCHESI, ESQUINA DO POSTO DE SAÚDE DO BAIRRO SÃO LUCAS.   </t>
   </si>
   <si>
     <t>4493</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4493/4493_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4493/4493_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">                  _x000D_
 PARA QUE SEJA NOTIFICA A EMPRESA OI OU A RESPONSÁVEL PELA TELEFONIA FIXA, NOTIFICANDO QUE EXISTE UMA CAIXA CENTRAL NO PASSEIO PUBLICO ABERTA E COM UM ENORME BURACO NA ESQUINA COM A AVENIDA CÔNEGO JOÃO MARCESI COM ADALBERTO WORTMANN, OFERECENDO RISCO PRINCIPALMENTE EM DIAS DE CHUVA. _x000D_
  </t>
   </si>
   <si>
     <t>4492</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4492/4492_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4492/4492_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">PARA QUE SEJA PROVIDENCIADA A LIMPEZA DA BOCA DE LOBO DA NA ESQUIDA DA RUA ADALBERTO WORTMANN COM A AVENIDA CÔNEGO JOÃO MARCHESI. </t>
   </si>
   <si>
     <t>4499</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4499/4499_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4499/4499_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE SEJA PROVIDENCIADA A REGULARIZAÇÃO DO ABASTECIMENTO DE ÁGUA DOS MORADORES DOS BAIRROS ABAIXO CITADOS, `` VILA MAGGI, LEODORO DE AZEVEDO, PALACE HOTEL.</t>
   </si>
   <si>
     <t>4498</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4498/4498_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4498/4498_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE SEJA PROVIDENCIADO O CONCERTO E RECOLOCAÇÃO DAS PEDRAS DO CÓRREGO QUE PASSA NA RUA PATRÍCIO ZINI, O MESMO QUANDO CHOVE AUMENTA DE VOLUME DE ÁGUA, COLOCANDO AS CASAS NA BEIRA DESTE CÓRREGO EM RISCO  AUTOS Nº 1335.</t>
   </si>
   <si>
     <t>4531</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4531/4531_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4531/4531_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">PARA QUE  O EXECUTIVO MUNICIPAL ATRAVÉS DO SETOR DE FISCALIZAÇÃO, E EM CUMPRIMENTO A LEI MUNICIPAL Nº 2.903. DE 02/09/2009 (EM ANEXO), NOTIFIQUE E FISCALIZE AS AGÊNCIAS BANCÁRIAS, PARA QUE RESPEITEM O TEMPO MÁXIMO PREVISTO NA LEI PARA O ATENDIMENTO  NAS AGÊNCIAS BANCÁRIAS DO MUNICÍPIO._x000D_
  _x000D_
 </t>
   </si>
   <si>
     <t>4535</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4535/4535_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4535/4535_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">PARA QUE O EXECUTIVO MUNICIPAL PROVIDENCIA A DEMARCAÇÃO DE TODAS AS LINHAS DO CAMPO DA CELULOSE. </t>
   </si>
   <si>
     <t>4541</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4541/4541_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4541/4541_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE SEJA PROVIDENCIADO A RETIRADA OU RECOLHIMENTO DOS CÃES QUE ESTÃO ABANDONADOS NO BAIRRO SÃO LUCAS, PRINCIPALMENTE NA RUA LEOPOLDO ARTUR RAIMUNDO, ONDE CRIANÇAS, ADULTOS E TODOS SÃO ATACADOS POR INÚMEROS CÃES, PODENDO FERIR GRAVEMENTE ESTAS PESSOAS QUE LÁ TRANSITAM.</t>
   </si>
   <si>
     <t>4561</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4561/4561_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4561/4561_texto_integral.docx</t>
   </si>
   <si>
     <t>QUE SEJA PROVIDENCIADO O CONCERTO DO BURACO NA RUA HOMERO PACHÊCO, EM FRENTE AO Nº 955.</t>
   </si>
   <si>
     <t>4592</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4592/4592_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4592/4592_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">PARA QUE SEJA FEITO TROCA DE LÂMPADA QUEIMADA, NA RUA GODOFREDO RAIMUNDO Nº 1247.   _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4601</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4601/4601_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4601/4601_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE SEJA PROVIDENCIADO A CONTRATAÇÃO DE  EXAMES ECO-CARDIOGRAMA COM E SEM ESTRESSE FARMACOLÓGICO POIS OS  PACIENTES QUE NECESSITAM DESTE EXAME POSSUEM ALTO RISCO DE VIDA PODENDO VIR A ÓBITO REPENTINAMENTE.</t>
   </si>
   <si>
     <t>4602</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4602/4602_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4602/4602_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE SEJA PROVIDENCIADO A RETIRADA DAS ÁRVORES QUE ESTÃO CAINDO NA PRAÇA JOÃO CORREA,  PONDO EM RISCO AS PESSOAS LÁ TRANSITAM EM SEUS MOMENTOS DE LASER.</t>
   </si>
   <si>
     <t>4603</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4603/4603_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4603/4603_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE SEJA PROVIDENCIADO A SINALIZAÇÃO DAS FAIXA DE PEDESTRES EM FRENTE A PIZZARIA PONTO COM ONDE HÁ DUAS FAIXAS DE SEGURANÇA CONFUNDINDO OS PEDESTRES, UMA COM CANTEIRO NO TRAJETO E OUTRA NO TRAJETO CORRETO E SEM REABAIXAMENTO DOS CORDÕES PARA ACESSO DOS CADEIRANTES.</t>
   </si>
   <si>
     <t>4610</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4610/4610_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4610/4610_texto_integral.docx</t>
   </si>
   <si>
     <t>PARA QUE SEJA PROVIDENCIADA A LIMPEZA E O RECOLHIMENTO DE TODO O LIXO DO PASSEIO PÚBLICO, NA RUA HOMERO PACHECO, NA PARADA DE ÔNIBUS DO LADO ESQUERDO ENTES DA ANTIGA ESCOLA TIO BETO.</t>
   </si>
   <si>
     <t>4616</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4616/4616_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4616/4616_texto_integral.docx</t>
   </si>
   <si>
     <t>QUE SEJA MANTIDA A REGULARIDADE DA LIMPEZA DA RUA FELISBERTO SOARES E DONA CARLINDA, PRINCIPALMENTE NA ÉPOCA DO OUTONO, ONDE TEM UM GRANDE NUMERO DE FOLHAS DOS PLÁTANOS.</t>
   </si>
   <si>
     <t>4627</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4627/4627_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4627/4627_texto_integral.docx</t>
   </si>
   <si>
     <t>PARA QUE SEJA FEITO TROCA DE LÂMPADA QUEIMADA, NA RUA THEOBALDO WEBER Nº 35, BAIRRO SÃO LUIZ.</t>
   </si>
   <si>
     <t>4647</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4647/4647_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4647/4647_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">PARA QUE SEJA PROVIDENCIADA A TROCA DE DUAS LÂMPADAS NA RUA BECO DA LOMBADA, Nº 38 E 18, É A RUA DE BAIXO DA ESCADARIA DO BAIRRO SÃO LUCAS.     </t>
   </si>
   <si>
     <t>4648</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4648/4648_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4648/4648_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">PARA QUE SEJA PROVIDENCIADA A TROCA DE DUAS LÂMPADAS NA RUA ADALBERTO WORTMANN, Nº 960, BAIRRO SÃO LUCAS. </t>
   </si>
   <si>
     <t>4649</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4649/4649_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4649/4649_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">``QUE SEJA PROVIDENCIADO A COLOCAÇÃO DAS PLACAS DE TRÂNSITO NAS RÓTULAS PARA ORIENTAR OS MOTORISTAS&amp;#180;&amp;#180; PLACAS INDICATIVAS (DÊ PREFERÊNCIA)._x000D_
 </t>
   </si>
   <si>
     <t>4672</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4672/4672_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4672/4672_texto_integral.docx</t>
   </si>
   <si>
     <t>PARA QUE A PREFEITURA ENTRE EM CONTATO COM A EMPRESA GERAL  SOLICITE  O RECOLHIMENTO DO LIXO O MAIS RÁPIDO POSSÍVEL DA RUA DO CAMPO EM FRENTE O Nº 82, BAIRRO SANTA MARTA E VERIFIQUE O PORQUE NÃO ESTA SENDO MANTIDO A REGULARIDADE DO RECOLHIMENTO.</t>
   </si>
   <si>
     <t>4717</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4717/4717_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4717/4717_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA PROVIDÊNCIADO A UREGENTEMENTE NOVOS CONTRATOS COM CLINICAS E AMBULATÓRIOS PARA A REALIZAÇÃO DE EXAMES E DIAGNÓSTICOS NAS SEGUINTES ÁREAS ( ECOCARDIOGRAMA, CITOPATOLÓGICO, RNM, TOMOGRAFIAS E OFTALMOLOGIA. ) </t>
   </si>
   <si>
     <t>4734</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4734/4734_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4734/4734_texto_integral.doc</t>
   </si>
   <si>
     <t>PARA QUE A RUA  FREDERICO LAVRENS BAIRRO ULISSES DE ABREU RECEBA MANUTENÇÃO URGENTE COM AS CHUVAS ESTÁ INTRANSITÁVEL, PERIGOSO TEM MUITO LODO POR TODA A EXTENSÃO DA RUA, TEM BUEIRO QUEBRADO E ENTUPIDO.</t>
   </si>
   <si>
     <t>4840</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4840/4840_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4840/4840_texto_integral.docx</t>
   </si>
   <si>
     <t>PARA QUE SEJA PROVIDENCIADA A MELHORIA DO ASFALTO NA ESQUINA DA RUA ADALBERTO WORTMANN COM A AVENIDA CÔNEGO JOÃO MARCHESI.</t>
   </si>
   <si>
     <t>4866</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4866/4866_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4866/4866_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA FEITO PROVIDENCIADO COM A MAIOR URGÊNCIA O CONSERTO DA REDE DE ESGOTO NA RUA GOMERCINDO SARAIVA N° 188, ENFRENTE AO MERCADO ROOS, BAIRRO VILA MAGGI, POIS O ESGOTO ESTÁ CORRENDO A CÉU ABERTO A MESES.       </t>
   </si>
   <si>
     <t>4871</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4871/4871_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4871/4871_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE SEJA PROVIDENCIADO ,A MANUTENÇÃO DA RUA JOÃO PALHANO DE DEUS NO BAIRRO TIRIRICA, HÁ VÁRIOS PONTOS INTRANSITÁVEIS, BURACOS, ÁGUA DE ESGOTO EMPOSSADA NO MEIO DA RUA DIFICULTANDO A TRANSITO DOS PEDESTRES, BURACOS ENORMES ALÉM DE PONTOS COM GRANDES PEDRAS  NA ESTRADA.</t>
   </si>
   <si>
     <t>4870</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4870/4870_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4870/4870_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA PROVIDENCIADO , A LIMPEZA E MANUTENÇÃO DA RUA EGÍDIO MICHAELSEN COM RUA SANTA ROSA, ONDE EXISTE UM ACÚMULO DE LIXO EM FRENTE AO N° 28 E 32 E QUE SEJA SINALIZADO ESTE LOCAL  ORIENTANDO PARA QUE NÃO SEJA JOGADO LIXO NESTE PONTO._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4894</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4894/4894_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4894/4894_texto_integral.docx</t>
   </si>
   <si>
     <t>QUE SEJA FEITO O CORTE DE GRAMA EM TODA A EXTENSÃO DO PARQUE DO LAGO.</t>
   </si>
   <si>
     <t>4895</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4895/4895_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4895/4895_texto_integral.docx</t>
   </si>
   <si>
     <t>QUE SEJA FEITO O CASCALHAMENTO, PATROLAGEM E COLOCAÇÃO DE BRITA NA RUA SANTA ROSA, BAIRRO CHACRÃO, COM A MÁXIMA URGÊNCIA.</t>
   </si>
   <si>
     <t>4921</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4921/4921_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4921/4921_texto_integral.docx</t>
   </si>
   <si>
     <t>QUE SEJA PROVIDENCIADO O PATROLAMENTO, CASCALHAMENTO E COMPACTAÇÃO DA RUA PROFESSOR CARLOS WORTMANN NO LEODORO DE AZEVEDO.</t>
   </si>
   <si>
     <t>4256</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4256/4256_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4256/4256_texto_integral.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OUTORGA DE &amp;#8220;TÍTULO DE CIDADÃ CANELENSE&amp;#8221; A ILUSTRÍSSIMA SENHORA ANA MARIA KRESMARUCK NUNES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4434</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4434/4434_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4434/4434_texto_integral.doc</t>
   </si>
   <si>
     <t>&amp;#8220;DECLARA PONTO FACULTATIVO E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;</t>
   </si>
   <si>
     <t>4481</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4481/4481_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4481/4481_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OUTORGA DE &amp;#8220;TÍTULO DE CIDADÃO CANELENSE&amp;#8221;  ILUSTRÍSSIMO SENHOR JOÃO MARIA DE BRITO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4515</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4515/4515_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4515/4515_texto_integral.doc</t>
   </si>
   <si>
     <t>4539</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4539/4539_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4539/4539_texto_integral.doc</t>
   </si>
   <si>
     <t>4724</t>
   </si>
   <si>
     <t>COFT - Comissão de Orçamentos, Finanças e Tributação</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4724/4724_texto_integral.pdf</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4724/4724_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECRETO LEGISLATIVO Nº 06, DE 04 DE JULHO DE 2016, QUE APROVA AS CONTAS DO PREFEITO MUNICIPAL DE CANELA.</t>
   </si>
   <si>
     <t>4849</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4849/4849_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4849/4849_texto_integral.doc</t>
   </si>
   <si>
     <t>&amp;#8220;DECLARA PONTO FACULTATIVO E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>4857</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4857/4857_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4857/4857_texto_integral.doc</t>
   </si>
   <si>
     <t>&amp;#8220;ALTERA O ART. 1º E 2° DO DECRETO LEGISLATIVO Nº 07, DE 12 DE SETEMBRO DE 2016&amp;#8221;.</t>
   </si>
   <si>
     <t>4934</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4934/4934_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4934/4934_texto_integral.doc</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4397</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4397/4397_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4397/4397_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">PROJETO DE LEI COMPLEMENTAR QUE ALTERA A REDAÇÃO DO ARTIGO 146 DA LEI COMPLEMENTAR 25 DO ANO DE 2012; REGIME JURÍDICO DOS SERVIDORES PÚBLICOS DO PODER EXECUTIVO E LEGISLATIVO DO MUNICÍPIO DE CANELA._x000D_
 </t>
   </si>
   <si>
     <t>4686</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4686/4686_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4686/4686_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA O ART. 246 DA LEI MUNICIPAL COMPLEMENTAR Nº 25, DE 08 DE FEVEREIRO DE 2012, QUE DISPÕE SOBRE O REGIME JURÍDICO DOS SERVIDORES PÚBLICOS DO PODER EXECUTIVO E LEGISLATIVO DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4254</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4254/4254_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4254/4254_texto_integral.docx</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DOS ARTS. 17 E 22 DA LEI MUNICIPAL N°. 3.207, DE 30 DE MARÇO DE 2012.</t>
   </si>
   <si>
     <t>4294</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4294/4294_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4294/4294_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">PROJETO DE LEI LEGISLATIVO &amp;#8220;CRIA O PROGRAMA PARADA SEGURA DESTINADO A INCENTIVAR  MEDIDAS E INICIATIVAS DE SEGURANÇA A SEREM ADOTADAS NO TRANSPORTE COLETIVO NO MUNICÍPIO DE CANELA  E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221;_x000D_
 </t>
   </si>
   <si>
     <t>4340</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4340/4340_texto_integral.pdf</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4340/4340_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;ALTERA O QUADRO DE CARGOS PREVISTO NO ART.7º LEI MUNICIPAL Nº 3.207,_x000D_
 DE 30 DE MARÇO DE 2012.</t>
   </si>
   <si>
     <t>4419</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4419/4419_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4419/4419_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FIXAÇÃO DO SUBSÍDIO MENSAL DO PREFEITO E DO VICE-PREFEITO DE CANELA PARA O PERÍODO DE 1º DE JANEIRO DE 2017 A 31 DE DEZEMBRO DE 2020.</t>
   </si>
   <si>
     <t>4418</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4418/4418_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4418/4418_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FIXAÇÃO DO SUBSÍDIO MENSAL DOS VEREADORES DA CÂMARA MUNICIPAL DE CANELA PARA O PERÍODO DE 1º DE JANEIRO DE 2017 A 31 DE DEZEMBRO DE 2020.</t>
   </si>
   <si>
     <t>4417</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4417/4417_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4417/4417_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A FIXAÇÃO DO SUBSÍDIO MENSAL DOS SECRETÁRIOS MUNICIPAIS DE CANELA PARA O PERÍODO DE 1º DE JANEIRO DE 2017 A 31 DE DEZEMBRO DE 2020. </t>
   </si>
   <si>
     <t>4533</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4533/4533_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4533/4533_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTITUI DE INTERESSE SOCIAL SERVIDÃO DE PASSAGEM ATUALMENTE CONHECIDA COMO BECO DO CHICO FACHIN, DANDO NOME À VIA DE SERVIDÃO PEDRO FACHIN.</t>
   </si>
   <si>
     <t>4569</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4569/4569_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4569/4569_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">PROJETO DE LEI LEGISLATIVO, QUE &amp;#8220;CONCEDE TÍTULO DE CIDADÃ CANELENSE E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;, A SENHORA MARILEY TEREZINHA BORGES MOTTA, UMA EXCELENTE PROFISSIONAL, QUE MUITO CONTRIBUIU NA FORMAÇÃO DE PROFESSORES EM NOSSA CIDADE. </t>
   </si>
   <si>
     <t>4573</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4573/4573_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4573/4573_texto_integral.docx</t>
   </si>
   <si>
     <t>&amp;#8220;CONCEDE TÍTULO DE CIDADÃO CANELENSE E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;, AO SR: CARLOS JOSÉ FROZI.</t>
   </si>
   <si>
     <t>4615</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4615/4615_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4615/4615_texto_integral.docx</t>
   </si>
   <si>
     <t>ALTERA OS REQUISITOS ATINENTES A HABILITAÇÃO PROFISSIONAL DO CARGO DE ASSESSOR DE COMUNICAÇÃO PREVISTOS NO ANEXO I DA LEI N°. 3.207, DE 30 DE MARÇO DE 2012.</t>
   </si>
   <si>
     <t>4645</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4645/4645_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4645/4645_texto_integral.docx</t>
   </si>
   <si>
     <t>PROJETO DE LEI DO LEGISLATIVO DENOMINA VIA PÚBLICA, DENOMINA-SE DE GILBERTO MODESTO DE BARROS.</t>
   </si>
   <si>
     <t>4663</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4663/4663_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4663/4663_texto_integral.docx</t>
   </si>
   <si>
     <t>INSTITUI O PROJETO "ADOTE SUA CIDADE" NO ÂMBITO DO MUNICÍPIO DE CANELA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4668</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4668/4668_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4668/4668_texto_integral.docx</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO CANELENSE MARINA MEIMES GIL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4869</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4869/4869_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4869/4869_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve"> ALTERA A REDAÇÃO DO ART.2º E CAPUT DO ART.3º DA LEI MUNICIPAL Nº 3.754, DE 25 DE MAIO DE 2016.</t>
   </si>
   <si>
     <t>4919</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4919/4919_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4919/4919_texto_integral.docx</t>
   </si>
   <si>
     <t>&amp;#8220;CONCEDE TÍTULO DE CIDADÃO CANELENSE E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;, AO SR: PEDRO ALEXANDER BERON DA CUNHA, UM PROFISSIONAL QUE EXERCE DE FORMA VOLUNTÁRIA, TRABALHOS EM ESCOLAS, VOLTADOS A CRIANÇAS E ADOLESCENTES.</t>
   </si>
   <si>
     <t>4920</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4920/4920_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4920/4920_texto_integral.docx</t>
   </si>
   <si>
     <t>&amp;#8220;CONCEDE TÍTULO DE CIDADÃ CANELENSE E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;, A SENHORA  ANA AMÉLIA DE LEMOS.</t>
   </si>
   <si>
     <t>4924</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4924/4924_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4924/4924_texto_integral.docx</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO QUE CONCEDE TÍTULO DE CIDADÃO CANELENSE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4973</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4973/4973_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4973/4973_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;DENOMINA VIAS PÚBLICAS E DÁ OUTRAS PROVIDENCIAS.&amp;#8221;_x000D_
 </t>
   </si>
   <si>
     <t>4236</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4236/4236_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4236/4236_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ESPECIAL NA LEI MUNICIPAL Nº 3.722, DE 22 DE DEZEMBRO DE </t>
   </si>
   <si>
     <t>4235</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4235/4235_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4235/4235_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A SUPLEMENTAR DOTAÇÕES ORÇAMENTÁRIAS POR REDUÇÃO.</t>
   </si>
   <si>
     <t>4237</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4237/4237_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4237/4237_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A SUPLEMENTAR DOTAÇÃO ORÇAMENTÁRIA POR REDUÇÃO.</t>
   </si>
   <si>
     <t>4238</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4238/4238_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4238/4238_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O USO GRATUITO DO CENTRO DE FEIRAS CIDADE DE CANELA.</t>
   </si>
   <si>
     <t>4239</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4239/4239_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4239/4239_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O NÃO AJUIZAMENTO E O POSTERIOR CANCELAMENTO DE CRÉDITOS TRIBUTÁRIOS E NÃO TRIBUTÁRIOS.</t>
   </si>
   <si>
     <t>4240</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4240/4240_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4240/4240_texto_integral.doc</t>
   </si>
   <si>
     <t>4242</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4242/4242_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4242/4242_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE REPARCELAMENTO DOS CRÉDITOS RELATIVOS A ALIENAÇÃO DE BENS IMÓVEIS  &amp;#8211; VI</t>
   </si>
   <si>
     <t>4330</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4330/4330_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4330/4330_texto_integral.doc</t>
   </si>
   <si>
     <t>SUBSTITUTIVO, QUE &amp;#8220;ALTERA O PARÁGRAFO ÚNICO DO ART. 1º E O ANEXO ÚNICO DA LEI MUNICIPAL Nº 3.407, DE 05 DE SETEMBRO DE 2013, QUE APROVA O CALENDÁRIO DE EVENTOS DO MUNICÍPIO DE CANELA&amp;#8221;.</t>
   </si>
   <si>
     <t>4276</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4276/4276_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4276/4276_texto_integral.doc</t>
   </si>
   <si>
     <t>4275</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4275/4275_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4275/4275_texto_integral.doc</t>
   </si>
   <si>
     <t>4297</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4297/4297_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4297/4297_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A SUPLEMENTAR DOTAÇÕES ORÇAMENTÁRIAS POR SUPERAVIT FINANCEIRO.</t>
   </si>
   <si>
     <t>4300</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4300/4300_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4300/4300_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONCEDER REVISÃO GERAL ANUAL AOS VENCIMENTOS DOS SERVIDORES MUNICIPAIS, SUBSÍDIOS DOS CONSELHEIROS TUTELARES, BOLSA-AUXÍLIO E AUXÍLIO-TRANSPORTE DOS ESTAGIÁRIOS E COMPLEMENTOS DE PROVENTO DOS APOSENTADOS E PENSIONISTAS DO MUNICÍPIO DE CANELA.</t>
   </si>
   <si>
     <t>4298</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4298/4298_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4298/4298_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 3.708, DE 20 DE OUTUBRO DE 2015, QUE DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2016, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4299</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4299/4299_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4299/4299_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A INCLUIR FONTES DE RECURSOS NA LEI MUNICIPAL Nº 3.722, DE 22 DE DEZEMBRO DE 2015, E SUPLEMENTAR DOTAÇÃO ORÇAMENTÁRIA POR SUPERAVIT FINANCEIRO.</t>
   </si>
   <si>
     <t>4332</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4332/4332_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4332/4332_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A INCLUIR FONTES DE RECURSOS NA LEI MUNICIPAL Nº 3.722, DE 22 DE DEZEMBRO DE 2015, E SUPLEMENTA DOTAÇÃO ORÇAMENTÁRIA POR SUPERAVIT FINANCEIRO.</t>
   </si>
   <si>
     <t>4416</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4416/4416_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4416/4416_texto_integral.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 016/2016 &amp;#8211; SUBSTITUTIVO, QUE &amp;#8220;AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ESPECIAL NA LEI MUNICIPAL Nº 3.722, DE 22 DE DEZEMBRO DE 2015, E SUPLEMENTAR DOTAÇÃO ORÇAMENTÁRIA POR SUPERAVIT FINANCEIRO&amp;#8221;.</t>
   </si>
   <si>
     <t>4374</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4374/4374_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4374/4374_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA O ART. 5º E REVOGA O ART. 6º DA LEI MUNICIPAL Nº 3.692, DE 31 DE AGOSTO DE 2015, QUE CRIA O PROGRAMA TROCO SOLIDÁRIO EM BENEFÍCIO DO HOSPITAL DE CARIDADE DE CANELA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4375</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4375/4375_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4375/4375_texto_integral.doc</t>
   </si>
   <si>
     <t>4377</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4377/4377_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4377/4377_texto_integral.doc</t>
   </si>
   <si>
     <t>4376</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4376/4376_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4376/4376_texto_integral.doc</t>
   </si>
   <si>
     <t>4408</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4408/4408_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4408/4408_texto_integral.doc</t>
   </si>
   <si>
     <t>4407</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4407/4407_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4407/4407_texto_integral.doc</t>
   </si>
   <si>
     <t>4614</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4614/4614_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4614/4614_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, NO VALOR DE 41.036,80.</t>
   </si>
   <si>
     <t>4405</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4405/4405_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4405/4405_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A SUPLEMENTAR DOTAÇÕES ORÇAMENTÁRIAS POR EXCESSO DE ARRECADAÇÃO.</t>
   </si>
   <si>
     <t>4404</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4404/4404_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4404/4404_texto_integral.doc</t>
   </si>
   <si>
     <t>4403</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4403/4403_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4403/4403_texto_integral.doc</t>
   </si>
   <si>
     <t>4415</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4415/4415_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4415/4415_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A GESTÃO DEMOCRÁTICA DO ENSINO PÚBLICO MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4414</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4414/4414_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4414/4414_texto_integral.doc</t>
   </si>
   <si>
     <t>4452</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4452/4452_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4452/4452_texto_integral.doc</t>
   </si>
   <si>
     <t>4451</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4451/4451_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4451/4451_texto_integral.doc</t>
   </si>
   <si>
     <t>4450</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4450/4450_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4450/4450_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA O CAPUT DO ART. 1º DA LEI MUNICIPAL Nº 2.451, DE 07 DE MARÇO DE 2006, QUE CRIA O FUNDO MUNICIPAL DE REAPARELHAMENTO DO CORPO DE BOMBEIROS &amp;#8211; FUNREBOM, SEDIADO NO MUNICÍPIO DE CANELA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4449</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4449/4449_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4449/4449_texto_integral.doc</t>
   </si>
   <si>
     <t>4448</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4448/4448_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4448/4448_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A INCLUIR FONTES DE RECURSOS NA LEI MUNICIPAL Nº 3.722, DE 22 DE DEZEMBRO DE 2015, E SUPLEMENTA DOTAÇÃO ORÇAMENTÁRIA POR EXCESSO DE ARRECADAÇÃO.</t>
   </si>
   <si>
     <t>4447</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4447/4447_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4447/4447_texto_integral.doc</t>
   </si>
   <si>
     <t>4482</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4482/4482_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4482/4482_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A DESTINAR RECURSOS AO CENTRO DE TRADIÇÕES GAÚCHAS QUERÊNCIA.</t>
   </si>
   <si>
     <t>4532</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4532/4532_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4532/4532_texto_integral.doc</t>
   </si>
   <si>
     <t>4563</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4563/4563_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4563/4563_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A INCLUIR FONTE DE RECURSOS NA LEI Nº 3.722, DE 22 DE DEZEMBRO DE 2015 E SUPLEMENTAR DOTAÇÃO ORÇAMENTÁRIA POR AUXÍLIOS E CONVÊNIOS.</t>
   </si>
   <si>
     <t>4568</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4568/4568_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4568/4568_texto_integral.doc</t>
   </si>
   <si>
     <t>4567</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4567/4567_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4567/4567_texto_integral.doc</t>
   </si>
   <si>
     <t>REGULAMENTA O DISPOSTO NO ART. 85, § 19 DO CÓDIGO DE PROCESSO CIVIL, LEI FEDERAL Nº 13.105, DE 16 DE MARÇO DE 2015, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4566</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4566/4566_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4566/4566_texto_integral.doc</t>
   </si>
   <si>
     <t>4565</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4565/4565_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4565/4565_texto_integral.doc</t>
   </si>
   <si>
     <t>4564</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4564/4564_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4564/4564_texto_integral.doc</t>
   </si>
   <si>
     <t>4562</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4562/4562_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4562/4562_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A COBRANÇA DE CONTRIBUIÇÃO DE MELHORIA REFERENTE À PAVIMENTAÇÃO ASFÁLTICA, EXECUÇÃO DE CALÇADA, SINALIZAÇÃO E DRENAGEM URBANA DA RUA COSTA RICA, CONTEMPLADA PELO PAC 2 &amp;#8211; PROGRAMA PRÓ-TRANSPORTE &amp;#8211; 2ª ETAPA.</t>
   </si>
   <si>
     <t>4612</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4612/4612_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4612/4612_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, NO VALOR DE 42.175,00.</t>
   </si>
   <si>
     <t>4613</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4613/4613_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4613/4613_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SERVIÇO VOLUNTÁRIO NO MUNICÍPIO DE CANELA.</t>
   </si>
   <si>
     <t>4706</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4706/4706_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4706/4706_texto_integral.doc</t>
   </si>
   <si>
     <t>4669</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4669/4669_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4669/4669_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A PROCEDER A CONCESSÃO DE DIREITO REAL DE USO DE FORMA ONEROSA DE IMÓVEL PÚBLICO DO MUNICÍPIO DE CANELA. </t>
   </si>
   <si>
     <t>4664</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4664/4664_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4664/4664_texto_integral.doc</t>
   </si>
   <si>
     <t>4665</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4665/4665_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4665/4665_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA O ART. 2º DA LEI MUNICIPAL Nº 3.750, DE 13 DE MAIO DE 2016, QUE AUTORIZA O PODER EXECUTIVO A DESTINAR RECURSOS AO CENTRO DE TRADIÇÕES GAÚCHAS QUERÊNCIA.</t>
   </si>
   <si>
     <t>4685</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4685/4685_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4685/4685_texto_integral.doc</t>
   </si>
   <si>
     <t>4707</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4707/4707_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4707/4707_texto_integral.doc</t>
   </si>
   <si>
     <t>4728</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4728/4728_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4728/4728_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ESPECIAL SUPLEMENTAR POR AUXÍLIOS E CONVÊNIOS.</t>
   </si>
   <si>
     <t>4725</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4725/4725_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4725/4725_texto_integral.doc</t>
   </si>
   <si>
     <t>ESTABELECE NORMAS PARA O EXERCÍCIO DE FOOD TRUCK.</t>
   </si>
   <si>
     <t>4727</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4727/4727_texto_integral.zip</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4727/4727_texto_integral.zip</t>
   </si>
   <si>
     <t>INCLUI ATIVIDADE E OPERAÇÃO ESPECIAL NA LEI MUNICIPAL Nº 3.403, DE 29 DE JULHO DE 2013, QUE DISPÕE SOBRE O PLANO PLURIANUAL - PPA, PARA O QUADRIÊNIO 2014-2017 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4726</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4726/4726_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4726/4726_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2017 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4750</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4750/4750_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4750/4750_texto_integral.doc</t>
   </si>
   <si>
     <t>4763</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4763/4763_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4763/4763_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A SUPLEMENTAR DOTAÇÃO ORÇAMENTÁRIA POR EXPECTATIVA DE EXCESSO DE ARRECADAÇÃO.</t>
   </si>
   <si>
     <t>4764</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4764/4764_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4764/4764_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A SUPLEMENTAR DOTAÇÃO ORÇAMENTÁRIA POR EXCESSO DE ARRECADAÇÃO.</t>
   </si>
   <si>
     <t>4765</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4765/4765_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4765/4765_texto_integral.doc</t>
   </si>
   <si>
     <t>4779</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4779/4779_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4779/4779_texto_integral.doc</t>
   </si>
   <si>
     <t>4778</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4778/4778_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4778/4778_texto_integral.doc</t>
   </si>
   <si>
     <t>4818</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4818/4818_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4818/4818_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A SUPLEMENTAR DOTAÇÕES ORÇAMENTÁRIAS POR SUPERAVIT FINANCEIRO._x000D_
 </t>
   </si>
   <si>
     <t>4832</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4832/4832_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4832/4832_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR EXCESSO DE ARRECADAÇÃO, NO VALOR DE R$103.719,66 (CENTO E TRÊS MIL, SETECENTOS E DEZENOVE REAIS E SESSENTA E SEIS CENTAVOS) NA LEI Nº 3.722, DE 22 DE DEZEMBRO DE 2016 (LOA).</t>
   </si>
   <si>
     <t>4831</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4831/4831_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4831/4831_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR REDUÇÃO, NO VALOR DE R$54.000,00 (CINQUENTA E QUATRO MIL REAIS) NA LEI Nº 3.722, DE 22 DE DEZEMBRO DE 2016 (LOA).</t>
   </si>
   <si>
     <t>4833</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4833/4833_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4833/4833_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR REDUÇÃO, NO VALOR DE R$600.000,00 (SEISCENTOS MIL REAIS) NA LEI Nº 3.722, DE 22 DE DEZEMBRO DE 2016 (LOA).</t>
   </si>
   <si>
     <t>4834</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4834/4834_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4834/4834_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR REDUÇÃO, NO VALOR DE R$300.000,00 (TREZENTOS MIL REAIS) NA LEI Nº 3.722, DE 22 DE DEZEMBRO DE 2016 (LOA).</t>
   </si>
   <si>
     <t>4851</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4851/4851_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4851/4851_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR REDUÇÃO, NO VALOR DE R$320.000,00 (TREZENTOS E VINTE MIL REAIS) NA LEI Nº 3.722, DE 22 DE DEZEMBRO DE 2016 (LOA).</t>
   </si>
   <si>
     <t>4854</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4854/4854_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4854/4854_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR REDUÇÃO, NO VALOR DE R$ 3.450,00 (TRÊS MIL, QUATROCENTOS E CINQUENTA REAIS) NA LEI Nº 3.722, DE 22 DE DEZEMBRO DE 2016 (LOA).</t>
   </si>
   <si>
     <t>4853</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4853/4853_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4853/4853_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A INCLUIR FONTE DE RECURSOS NA LEI Nº 3.722, DE 22 DE DEZEMBRO DE 2015 (LOA) E REALIZAR ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR REDUÇÃO, NO VALOR DE R$ 25.533,87 (VINTE E CINCO MIL, QUINHENTOS E TRINTA E TRÊS REAIS E OITENTA E SETE CENTAVOS).</t>
   </si>
   <si>
     <t>4864</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4864/4864_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4864/4864_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR REDUÇÃO, NO VALOR DE R$12.000,00 (DOZE MIL REAIS) NA LEI Nº 3.722, DE 22 DE DEZEMBRO DE 2016 (LOA).</t>
   </si>
   <si>
     <t>4867</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4867/4867_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4867/4867_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR REDUÇÃO, NO VALOR DE R$ 71.337,47 (SETENTA E UM MIL, TREZENTOS E TRINTA E SETA REAIS E QUARENTA E SETE CENTAVOS), NA LEI Nº 3.722, DE 22 DE DEZEMBRO DE 2016 (LOA).</t>
   </si>
   <si>
     <t>4868</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4868/4868_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4868/4868_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR REDUÇÃO, NO VALOR DE R$ 12.000,00 (DOZE MIL REAIS) NA LEI Nº 3.722, DE 22 DE DEZEMBRO DE 2016 (LOA).</t>
   </si>
   <si>
     <t>4884</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4884/4884_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4884/4884_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A INCLUIR FONTE DE RECURSOS NA LEI Nº 3.722, DE 22 DE DEZEMBRO DE 2015 (LOA).</t>
   </si>
   <si>
     <t>4939</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4939/4939_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4939/4939_texto_integral.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI &amp;#8211; SUBSTITUTIVO, QUE &amp;#8220;AUTORIZA O PODER EXECUTIVO A REALIZAR ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR REDUÇÃO, NO VALOR DE R$ 120.000,00 (CENTO E VINTE MIL REAIS), NA LEI Nº 3.722, DE 22 DE DEZEMBRO DE 2015 (LOA).</t>
   </si>
   <si>
     <t>4881</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4881/4881_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4881/4881_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR REDUÇÃO, NO VALOR DE R$ 50.000,00 (CINQUENTA MIL REAIS) NA LEI Nº 3.722, DE 22 DE DEZEMBRO DE 2015 (LOA).</t>
   </si>
   <si>
     <t>4882</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4882/4882_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4882/4882_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR EXCESSO DE ARRECADAÇÃO, NO VALOR DE R$ 38.570,43 (TRINTA E OITO MIL, QUINHENTOS E SETENTA REAIS E QUARENTA E TRÊS CENTAVOS), NA LEI Nº 3.722, DE 22 DE DEZEMBRO DE 2015 (LOA).</t>
   </si>
   <si>
     <t>4899</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4899/4899_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4899/4899_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR REDUÇÃO, NO VALOR DE R$ 20.000,00 (VINTE MIL REAIS) NA LEI Nº 3.722, DE 22 DE DEZEMBRO DE 2015 (LOA).</t>
   </si>
   <si>
     <t>4902</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4902/4902_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4902/4902_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR ABERTURA DE CRÉDITO ESPECIAL SUPLEMENTAR POR EXPECTATIVA DE EXCESSO DE ARRECADAÇÃO, NO VALOR DE R$ 6.000,00 (SEIS MIL REAIS) NA LEI Nº 3.722, DE 22 DE DEZEMBRO DE 2015 (LOA).</t>
   </si>
   <si>
     <t>4901</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4901/4901_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4901/4901_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR EXPECTATIVA DE EXCESSO DE ARRECADAÇÃO, NO VALOR DE R$ 72.500,00 (SETENTA E DOIS MIL E QUINHENTOS REAIS) NA LEI Nº 3.722, DE 22 DE DEZEMBRO DE 2015 (LOA).</t>
   </si>
   <si>
     <t>4900</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4900/4900_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4900/4900_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR REDUÇÃO, NO VALOR DE R$ 343.271,51 (TREZENTOS E QUARENTA E TRÊS MIL, DUZENTOS E SETENTA E UM REAIS E CINQUENTA E UM CENTAVOS) NA LEI Nº 3.722, DE 22 DE DEZEMBRO DE 2015 (LOA).</t>
   </si>
   <si>
     <t>4896</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4896/4896_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4896/4896_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR ABERTURA DE CRÉDITO ESPECIAL SUPLEMENTAR POR REDUÇÃO, NO VALOR DE R$ 1.400,00 (MIL E QUATROCENTOS REAIS) NA LEI 3.722, DE 22 DE DEZEMBRO DE 2015 (LOA).</t>
   </si>
   <si>
     <t>4903</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4903/4903_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4903/4903_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PERMISSÃO DE USO À EMPRESA DANIEL - DISTRIBUIDORA DE BEBIDAS LTDA., DO BEM PÚBLICO IMÓVEL DO MUNICÍPIO DE MATRÍCULA Nº 4554 DO REGISTRO DE IMÓVEIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4904</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4904/4904_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4904/4904_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A INCLUIR FONTE DE RECURSOS NA LEI Nº 3.722, DE 22 DE DEZEMBRO DE 2015 (LOA), E REALIZAR ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR REDUÇÃO, NO VALOR DE R$ 1.600,00 (MIL E SEISCENTOS REAIS).</t>
   </si>
   <si>
     <t>4905</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4905/4905_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4905/4905_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR REDUÇÃO, NO VALOR DE R$ 22.000,00 (VINTE E DOIS MIL REAIS) NA LEI Nº 3.722, DE 22 DE DEZEMBRO DE 2015 (LOA).</t>
   </si>
   <si>
     <t>4906</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4906/4906_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4906/4906_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR REDUÇÃO, NO VALOR DE R$ 256.448,00 (DUZENTOS E CINQUENTA E SEIS MIL, QUATROCENTOS E QUARENTA E OITO REAIS) LEI Nº 3.722, DE 22 DE DEZEMBRO DE 2015 (LOA).</t>
   </si>
   <si>
     <t>5010</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5010/5010_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5010/5010_texto_integral.doc</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE CANELA, PARA O EXERCÍCIO FINANCEIRO DE 2017.</t>
   </si>
   <si>
     <t>4938</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4938/4938_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4938/4938_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR REDUÇÃO, NO VALOR DE R$ 40.000,00 (QUARENTA MIL REAIS), NA LEI Nº 3.722, DE 22 DE DEZEMBRO DE 2015 (LOA).</t>
   </si>
   <si>
     <t>4936</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4936/4936_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4936/4936_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR EXPECTATIVA DE EXCESSO DE ARRECADAÇÃO, NO VALOR DE R$ 20.665,28 (VINTE MIL, SEISCENTOS E SESSENTA E CINCO REAIS E VINTE E OITO CENTAVOS) NA LEI Nº 3.722, DE 22 DE DEZEMBRO DE 2015 (LOA).</t>
   </si>
   <si>
     <t>4937</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4937/4937_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4937/4937_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO A REALIZAR LEILÃO DE IMÓVEIS.</t>
   </si>
   <si>
     <t>4940</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4940/4940_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4940/4940_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR REDUÇÃO, NO VALO DE R$500.000,00 (QUINHENTOS MIL REAIS), NO ORÇAMENTO CORRENTE.</t>
   </si>
   <si>
     <t>4954</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4954/4954_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4954/4954_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR REDUÇÃO, NO VALOR DE R$ 1.835,00, NO ORÇAMENTO CORRENTE.</t>
   </si>
   <si>
     <t>4955</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4955/4955_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4955/4955_texto_integral.doc</t>
   </si>
   <si>
     <t>4956</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4956/4956_texto_integral.pdf</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4956/4956_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A MARCA DA CIDADE DE CANELA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4957</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4957/4957_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4957/4957_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR REDUÇÃO, NO VALOR DE R$ 800.000,00, NO ORÇAMENTO CORRENTE.</t>
   </si>
   <si>
     <t>4958</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4958/4958_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4958/4958_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR REDUÇÃO, NO VALOR DE R$ 43.230,00 (QUARENTA E TRÊS MIL, DUZENTOS E TRINTA REAIS), NO ORÇAMENTO CORRENTE&amp;#8221;.</t>
   </si>
   <si>
     <t>4959</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4959/4959_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4959/4959_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA A COMPOSIÇÃO DO CONSELHO MUNICIPAL DE POLÍTICA CULTURAL, INSTITUÍDO PELA LEI MUNICIPAL Nº 3.419, DE 23 DE OUTUBRO DE 2013, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4976</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4976/4976_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4976/4976_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR EXPECTATIVA DE EXCESSO DE ARRECADAÇÃO, NO VALOR DE R$ 445.250,00 (QUATROCENTOS E QUARENTA E CINCO MIL, DUZENTOS E CINQUENTA REAIS), NO ORÇAMENTO CORRENTE.</t>
   </si>
   <si>
     <t>4977</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4977/4977_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4977/4977_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR REDUÇÃO, NO VALOR DE R$ 105.000,00 (CENTO E CINCO MIL REAIS), NO ORÇAMENTO CORRENTE.</t>
   </si>
   <si>
     <t>4978</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4978/4978_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4978/4978_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR EXCESSO DE ARRECADAÇÃO, NO VALOR DE R$ 56.241,15 (CINQUENTA E SEIS MIL, DUZENTOS E QUARENTA E UM REAIS E QUINZE CENTAVOS), NO ORÇAMENTO CORRENTE.</t>
   </si>
   <si>
     <t>4979</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4979/4979_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4979/4979_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA O INCISO II DO ART. 4º DA LEI Nº 3.384, DE 03 DE JULHO DE 2013, QUE DÁ NOVA ESTRUTURAÇÃO AO CONSELHO MUNICIPAL DOS DIREITOS DA MULHER &amp;#8211; COMDIM, CRIA O FUNDO MUNICIPAL DOS DIREITOS DA MULHER &amp;#8211; FUMDIM, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4980</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4980/4980_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4980/4980_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR REDUÇÃO, NO VALOR DE R$  189.000,00 (CENTO E OITENTA E NOVE MIL REAIS), NO ORÇAMENTO CORRENTE.</t>
   </si>
   <si>
     <t>4981</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4981/4981_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4981/4981_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR REDUÇÃO, NO VALOR DE R$ 40.000,00 (QUARENTA MIL REAIS), NO ORÇAMENTO CORRENTE.</t>
   </si>
   <si>
     <t>4982</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4982/4982_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4982/4982_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER ABONO FINANCEIRO ADICIONAL PARA OS AGENTES COMUNITÁRIOS DE SAÚDE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4983</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4983/4983_texto_integral.zip</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4983/4983_texto_integral.zip</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA PROGRAMA E ALTERA ANEXO NA LEI MUNICIPAL Nº 3.403, DE 29 DE JULHO DE 2013, QUE DISPÕE SOBRE O PLANO PLURIANUAL - PPA, PARA O QUADRIÊNIO 2014-2017 E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4984</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4984/4984_texto_integral.zip</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4984/4984_texto_integral.zip</t>
   </si>
   <si>
     <t>INCLUI PROGRAMA NA LEI MUNICIPAL Nº 3.788, DE 21 DE SETEMBRO DE 2016, QUE DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE FINANCEIRO DE 2017 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5004</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5004/5004_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5004/5004_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A INCLUIR FONTE DE RECURSOS NA LEI Nº 3.722, DE 22 DE DEZEMBRO DE 2015 (LOA) E REALIZAR ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR SUPERAVIT FINANCEIRO, NO VALOR DE R$ 2.439,72 (DOIS MIL, QUATROCENTOS E TRINTA E NOVE REAIS E SETENTA E DOIS CENTAVOS).</t>
   </si>
   <si>
     <t>5005</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5005/5005_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5005/5005_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A INCLUIR FONTE DE RECURSOS NA LEI Nº 3.722, DE 22 DE DEZEMBRO DE 2015 (LOA) E REALIZAR ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR SUPERAVIT FINANCEIRO, NO VALOR DE R$ 13.472,86 (TREZE MIL, QUATROCENTOS E SETENTA E DOIS REAIS E OITENTA E SEIS CENTAVOS).</t>
   </si>
   <si>
     <t>5006</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5006/5006_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5006/5006_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A INCLUIR FONTE DE RECURSOS NA LEI Nº 3.722, DE 22 DE DEZEMBRO DE 2015 (LOA) E REALIZAR ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR SUPERAVIT FINANCEIRO, NO VALOR DE R$ 19.036,71 (DEZENOVE MIL, TRINTA E SEIS REAIS E SETENTA E UM CENTAVOS).</t>
   </si>
   <si>
     <t>5019</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5019/5019_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5019/5019_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR REDUÇÃO, NO VALOR DE R$ 100.000,00 (CEM MIL REAIS), NO ORÇAMENTO CORRENTE.</t>
   </si>
   <si>
     <t>5021</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5021/5021_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5021/5021_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR REDUÇÃO, NO VALOR DE R$ 650.000,00 (SEISCENTOS E CINQUENTA MIL REAIS), NO ORÇAMENTO CORRENTE.</t>
   </si>
   <si>
     <t>5034</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5034/5034_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5034/5034_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR REDUÇÃO, NO VALOR DE R$ 855.000,00 (OITOCENTOS E CINQUENTA E CINCO MIL REAIS), NO ORÇAMENTO CORRENTE.</t>
   </si>
   <si>
     <t>5036</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5036/5036_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5036/5036_texto_integral.doc</t>
   </si>
   <si>
     <t>&amp;#8220;AUTORIZA O PODER EXECUTIVO A REALIZAR ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR REDUÇÃO, NO VALOR DE R$ 205.000,00 (DUZENTOS E CINCO MIL REAIS), NO ORÇAMENTO CORRENTE&amp;#8221;.</t>
   </si>
   <si>
     <t>5039</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5039/5039_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5039/5039_texto_integral.doc</t>
   </si>
   <si>
     <t>&amp;#8220;AUTORIZA O PODER EXECUTIVO A REALIZAR ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR EXCESSO DE ARRECADAÇÃO, NO VALOR DE R$ 163.809,14 (CENTO E SESSENTA E TRÊS MIL, OITOCENTOS E NOVE REAIS E QUATORZE CENTAVOS), NO ORÇAMENTO CORRENTE&amp;#8221;.</t>
   </si>
   <si>
     <t>5038</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5038/5038_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5038/5038_texto_integral.doc</t>
   </si>
   <si>
     <t>&amp;#8220;AUTORIZA O PODER EXECUTIVO A REALIZAR ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR EXPECTATIVA DE EXCESSO DE ARRECADAÇÃO, NO VALOR DE R$ 657.690,86 (SEISCENTOS E CINQUENTA E SETE MIL, SEISCENTOS E NOVENTA REAIS E OITENTA E SEIS CENTAVOS), NO ORÇAMENTO CORRENTE&amp;#8221;.</t>
   </si>
   <si>
     <t>5040</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5040/5040_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5040/5040_texto_integral.doc</t>
   </si>
   <si>
     <t>&amp;#8220;AUTORIZA O PODER EXECUTIVO A INCLUIR FONTE DE RECURSOS E REALIZAR ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR REDUÇÃO, NO VALOR DE R$ 211.518,80 (DUZENTOS E ONZE MIL, QUINHENTOS E DEZOITO REAIS E OITENTA CENTAVOS), NO ORÇAMENTO CORRENTE&amp;#8221;.</t>
   </si>
   <si>
     <t>4277</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4277/4277_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4277/4277_texto_integral.doc</t>
   </si>
   <si>
     <t>FICA AUTORIZADA A CONTINUIDADE DOS TRABALHOS DA COMISSÃO ESPECIAL PARA ESTUDO DA VIABILIDADE DE IMPL</t>
   </si>
   <si>
     <t>4341</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4341/4341_texto_integral.pdf</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4341/4341_texto_integral.pdf</t>
   </si>
   <si>
     <t>REAJUSTA O VALOR DO VALE-ALIMENTAÇÃO DOS SERVIDORES PÚBLICOS.</t>
   </si>
   <si>
     <t>4540</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4540/4540_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4540/4540_texto_integral.docx</t>
   </si>
   <si>
     <t>CRIA A CAMPANHA DO AGASALHO NO ÂMBITO DA CÂMARA MUNICIPAL DE CANELA/RS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4850</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4850/4850_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4850/4850_texto_integral.docx</t>
   </si>
   <si>
     <t>ANTECIPA A DATA DA TRIGÉSIMA SESSÃO ORDINÁRIA DO ANO DE 2016.</t>
   </si>
   <si>
     <t>4933</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4933/4933_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4933/4933_texto_integral.docx</t>
   </si>
   <si>
     <t>&amp;#8220;TRANSFERE A DATA DA TRIGÉSIMA NONA SESSÃO ORDINÁRIA DO ANO DE 2016.&amp;#8221;</t>
   </si>
   <si>
     <t>5035</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5035/5035_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5035/5035_texto_integral.docx</t>
   </si>
   <si>
     <t>ALTERA O HORÁRIO DE FUNCIONAMENTO DA CÂMARA DE VEREADORES DE CANELA NOS DIAS 23, 26 E 30 DE DEZEMBRO DE 2016.</t>
   </si>
   <si>
     <t>4241</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Vilmar Santos</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4241/4241_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4241/4241_texto_integral.docx</t>
   </si>
   <si>
     <t>O VEREADOR SIGNATÁRIO, NO USO DE SUAS ATRIBUIÇÕES LEGAIS E REGIMENTAIS, APRESENTA O SEGUINTE REQUERI</t>
   </si>
   <si>
     <t>4302</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4302/4302_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4302/4302_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER  QUE SEJA REITERADO AO CHEFE DO  EXECUTIVO MUNICIPAL O PEDIDO DE INFORMAÇÃO Nº 6/2016 APRESENTADO NA SESSÃO PLENÁRIA DO 04/02/2016 A ATÉ A PRESENTE DATA NÃO FOI RESPONDIDO PELO EXECUTIVO.  </t>
   </si>
   <si>
     <t>4307</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4307/4307_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4307/4307_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE SEJA CONVOCADO OS SECRETÁRIOS DE GOVERNO E TURISMO DO MUNICÍPIO DE CANELA PARA PRESTAREM ESCLARECIMENTOS COM RELAÇÃO AS MATÉRIAS VEICULADA NOS JORNAIS INTEGRAÇÃO, FOLHA DE CANELA E NOVA ÉPOCA NA EDIÇÃO DO DIA 11/03/2016, E NA FANPAGE DA PREFEITURA NA REDE SOCIAL FACEBOOK ACERCA DA APROVAÇÃO DO PL DO TREM, O QUAL TEM POR TÍTULO &amp;#8220;PREFEITURA AGUARDA ANSIOSA POR APROVAÇÃO DO PL DO TREM&amp;#8221;.</t>
   </si>
   <si>
     <t>4359</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4359/4359_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4359/4359_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE, DEPOIS DE LIDO E APROVADO PELOS DEMAIS PARES DESTA CASA LEGISLATIVA, A MESA DIRETORA ENVIE MEMORANDO PARA TODAS AS REPRESENTAÇÕES PARTIDÁRIAS DESTA CASA, AFIM DE QUE CADA UMA INDIQUE UM OU MAIS VEREADORES PARA SE FAZEREM PRESENTE NA MARCHA DOS VEREADORES EM BRASÍLIA DOS DIAS 26 A 29 DE ABRIL DE 2016._x000D_
 </t>
   </si>
   <si>
     <t>4379</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4379/4379_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4379/4379_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITO QUE SEJA TRANSCRITO NA INTEGRA O PRONUNCIAMENTO DO OCUPANTE DA TRIBUNA DO POVO DA SESSÃO DO DIA 28 DE MARÇO DE 2016. </t>
   </si>
   <si>
     <t>4536</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4536/4536_texto_integral.docx</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4536/4536_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITANDO A ABERTURA DE UMA COMISSÃO TEMPORÁRIA ESPECIAL, CONFORME PREVÊ O ART. 82, DO REGIMENTO INTERNO, PARA ANALISAR JUNTO A EGR, DAER, PREFEITURA MUNICIPAL, E OUTROS ÓRGÃOS COMPETENTES, A ATUAL SITUAÇÃO DA DUPLICAÇÃO DA RS 235, CANELINHA SAIQUI, A QUAL ESTA PARADA HÁ BASTANTE TEMPO.  </t>
   </si>
   <si>
     <t>4538</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4538/4538_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4538/4538_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER A RETIRADA DO PROJETO DE DECRETO LEGISLATIVO Nº04/2016._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4605</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Veto a Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4605/4605_texto_integral.doc</t>
+    <t>http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4605/4605_texto_integral.doc</t>
   </si>
   <si>
     <t>VETO AO PROJETO DE LEI LEGISLATIVO N°04/2016.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -8937,67 +8937,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4791/4791_texto_integral.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4792/4792_texto_integral.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4793/4793_texto_integral.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4794/4794_texto_integral.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4795/4795_texto_integral.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4796/4796_texto_integral.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4797/4797_texto_integral.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4798/4798_texto_integral.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4799/4799_texto_integral.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4800/4800_texto_integral.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4801/4801_texto_integral.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4802/4802_texto_integral.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4803/4803_texto_integral.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4804/4804_texto_integral.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4805/4805_texto_integral.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4806/4806_texto_integral.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4816/4816_texto_integral.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4807/4807_texto_integral.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4808/4808_texto_integral.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4809/4809_texto_integral.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4810/4810_texto_integral.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4811/4811_texto_integral.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4812/4812_texto_integral.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4813/4813_texto_integral.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4814/4814_texto_integral.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4815/4815_texto_integral.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4355/4355_texto_integral.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4356/4356_texto_integral.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4337/4337_texto_integral.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4357/4357_texto_integral.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4358/4358_texto_integral.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4453/4453_texto_integral.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4458/4458_texto_integral.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4455/4455_texto_integral.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4459/4459_texto_integral.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4456/4456_texto_integral.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4483/4483_texto_integral.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4512/4512_texto_integral.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4552/4552_texto_integral.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4553/4553_texto_integral.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4572/4572_texto_integral.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4606/4606_texto_integral.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4607/4607_texto_integral.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4608/4608_texto_integral.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4632/4632_texto_integral.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4634/4634_texto_integral.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4667/4667_texto_integral.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4687/4687_texto_integral.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4718/4718_texto_integral.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4719/4719_texto_integral.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4762/4762_texto_integral.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4817/4817_texto_integral.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4819/4819_texto_integral.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4820/4820_texto_integral.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4821/4821_texto_integral.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4837/4837_texto_integral.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4838/4838_texto_integral.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4839/4839_texto_integral.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4855/4855_texto_integral.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4856/4856_texto_integral.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4862/4862_texto_integral.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4863/4863_texto_integral.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4879/4879_texto_integral.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4880/4880_texto_integral.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4885/4885_texto_integral.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4918/4918_texto_integral.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4922/4922_texto_integral.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4932/4932_texto_integral.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4935/4935_texto_integral.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4953/4953_texto_integral.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4975/4975_texto_integral.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5007/5007_texto_integral.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5008/5008_texto_integral.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5009/5009_texto_integral.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5020/5020_texto_integral.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5032/5032_texto_integral.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5033/5033_texto_integral.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4313/4313_texto_integral.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4252/4252_texto_integral.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4251/4251_texto_integral.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4250/4250_texto_integral.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4249/4249_texto_integral.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4248/4248_texto_integral.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4247/4247_texto_integral.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4246/4246_texto_integral.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4245/4245_texto_integral.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4244/4244_texto_integral.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4255/4255_texto_integral.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4273/4273_texto_integral.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4269/4269_texto_integral.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4268/4268_texto_integral.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4267/4267_texto_integral.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4266/4266_texto_integral.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4265/4265_texto_integral.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4264/4264_texto_integral.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4263/4263_texto_integral.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4262/4262_texto_integral.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4261/4261_texto_integral.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4280/4280_texto_integral.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4281/4281_texto_integral.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4282/4282_texto_integral.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4283/4283_texto_integral.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4284/4284_texto_integral.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4285/4285_texto_integral.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4286/4286_texto_integral.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4287/4287_texto_integral.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4291/4291_texto_integral.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4290/4290_texto_integral.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4289/4289_texto_integral.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4288/4288_texto_integral.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4295/4295_texto_integral.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4317/4317_texto_integral.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4318/4318_texto_integral.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4319/4319_texto_integral.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4320/4320_texto_integral.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4321/4321_texto_integral.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4322/4322_texto_integral.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4323/4323_texto_integral.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4324/4324_texto_integral.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4325/4325_texto_integral.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4326/4326_texto_integral.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4327/4327_texto_integral.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4328/4328_texto_integral.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4329/4329_texto_integral.doc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4352/4352_texto_integral.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4351/4351_texto_integral.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4350/4350_texto_integral.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4349/4349_texto_integral.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4348/4348_texto_integral.doc" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4347/4347_texto_integral.doc" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4346/4346_texto_integral.doc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4345/4345_texto_integral.doc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4344/4344_texto_integral.doc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4343/4343_texto_integral.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4361/4361_texto_integral.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4362/4362_texto_integral.doc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4363/4363_texto_integral.doc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4364/4364_texto_integral.doc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4365/4365_texto_integral.doc" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4370/4370_texto_integral.doc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4369/4369_texto_integral.doc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4368/4368_texto_integral.doc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4366/4366_texto_integral.doc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4380/4380_texto_integral.doc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4381/4381_texto_integral.doc" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4382/4382_texto_integral.doc" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4383/4383_texto_integral.doc" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4384/4384_texto_integral.doc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4388/4388_texto_integral.doc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4392/4392_texto_integral.doc" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4394/4394_texto_integral.doc" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4385/4385_texto_integral.doc" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4386/4386_texto_integral.doc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4387/4387_texto_integral.doc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4389/4389_texto_integral.doc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4390/4390_texto_integral.doc" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4409/4409_texto_integral.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4410/4410_texto_integral.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4433/4433_texto_integral.doc" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4432/4432_texto_integral.doc" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4431/4431_texto_integral.doc" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4430/4430_texto_integral.doc" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4429/4429_texto_integral.doc" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4428/4428_texto_integral.doc" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4427/4427_texto_integral.doc" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4426/4426_texto_integral.doc" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4425/4425_texto_integral.doc" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4424/4424_texto_integral.doc" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4423/4423_texto_integral.doc" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4422/4422_texto_integral.doc" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4421/4421_texto_integral.doc" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4420/4420_texto_integral.doc" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4446/4446_texto_integral.doc" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4437/4437_texto_integral.doc" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4438/4438_texto_integral.doc" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4439/4439_texto_integral.doc" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4440/4440_texto_integral.doc" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4441/4441_texto_integral.doc" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4442/4442_texto_integral.doc" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4443/4443_texto_integral.doc" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4444/4444_texto_integral.doc" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4445/4445_texto_integral.doc" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4460/4460_texto_integral.doc" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4461/4461_texto_integral.doc" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4462/4462_texto_integral.doc" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4463/4463_texto_integral.doc" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4464/4464_texto_integral.doc" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4467/4467_texto_integral.doc" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4470/4470_texto_integral.doc" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4471/4471_texto_integral.doc" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4472/4472_texto_integral.doc" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4473/4473_texto_integral.docx" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4475/4475_texto_integral.doc" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4476/4476_texto_integral.doc" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4477/4477_texto_integral.doc" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4478/4478_texto_integral.doc" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4479/4479_texto_integral.doc" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4480/4480_texto_integral.doc" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4484/4484_texto_integral.doc" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4511/4511_texto_integral.doc" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4510/4510_texto_integral.doc" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4509/4509_texto_integral.doc" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4508/4508_texto_integral.doc" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4507/4507_texto_integral.doc" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4506/4506_texto_integral.doc" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4505/4505_texto_integral.doc" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4504/4504_texto_integral.doc" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4503/4503_texto_integral.doc" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4502/4502_texto_integral.doc" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4501/4501_texto_integral.doc" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4516/4516_texto_integral.doc" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4517/4517_texto_integral.doc" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4518/4518_texto_integral.doc" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4519/4519_texto_integral.doc" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4520/4520_texto_integral.doc" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4521/4521_texto_integral.doc" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4522/4522_texto_integral.doc" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4523/4523_texto_integral.doc" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4524/4524_texto_integral.doc" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4525/4525_texto_integral.doc" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4526/4526_texto_integral.doc" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4527/4527_texto_integral.doc" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4528/4528_texto_integral.doc" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4534/4534_texto_integral.docx" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4543/4543_texto_integral.doc" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4544/4544_texto_integral.doc" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4545/4545_texto_integral.doc" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4546/4546_texto_integral.doc" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4547/4547_texto_integral.doc" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4548/4548_texto_integral.doc" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4549/4549_texto_integral.doc" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4550/4550_texto_integral.doc" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4555/4555_texto_integral.doc" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4560/4560_texto_integral.doc" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4559/4559_texto_integral.doc" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4557/4557_texto_integral.doc" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4558/4558_texto_integral.doc" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4571/4571_texto_integral.doc" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4570/4570_texto_integral.doc" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4574/4574_texto_integral.docx" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4575/4575_texto_integral.docx" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4577/4577_texto_integral.doc" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4578/4578_texto_integral.doc" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4579/4579_texto_integral.doc" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4590/4590_texto_integral.doc" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4591/4591_texto_integral.doc" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4589/4589_texto_integral.doc" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4588/4588_texto_integral.doc" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4587/4587_texto_integral.doc" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4586/4586_texto_integral.doc" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4585/4585_texto_integral.doc" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4584/4584_texto_integral.doc" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4583/4583_texto_integral.doc" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4582/4582_texto_integral.doc" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4581/4581_texto_integral.doc" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4595/4595_texto_integral.docx" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4596/4596_texto_integral.doc" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4604/4604_texto_integral.doc" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4597/4597_texto_integral.doc" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4598/4598_texto_integral.doc" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4599/4599_texto_integral.doc" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4600/4600_texto_integral.doc" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4611/4611_texto_integral.docx" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4621/4621_texto_integral.doc" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4620/4620_texto_integral.doc" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4619/4619_texto_integral.doc" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4618/4618_texto_integral.doc" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4622/4622_texto_integral.doc" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4623/4623_texto_integral.doc" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4624/4624_texto_integral.doc" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4625/4625_texto_integral.doc" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4626/4626_texto_integral.doc" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4629/4629_texto_integral.doc" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4630/4630_texto_integral.doc" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4631/4631_texto_integral.doc" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4633/4633_texto_integral.doc" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4635/4635_texto_integral.doc" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4636/4636_texto_integral.doc" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4637/4637_texto_integral.doc" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4638/4638_texto_integral.doc" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4639/4639_texto_integral.doc" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4640/4640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4646/4646_texto_integral.docx" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4650/4650_texto_integral.doc" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4651/4651_texto_integral.doc" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4652/4652_texto_integral.doc" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4653/4653_texto_integral.doc" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4654/4654_texto_integral.doc" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4655/4655_texto_integral.doc" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4656/4656_texto_integral.doc" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4657/4657_texto_integral.doc" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4658/4658_texto_integral.doc" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4659/4659_texto_integral.doc" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4660/4660_texto_integral.doc" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4661/4661_texto_integral.doc" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4662/4662_texto_integral.doc" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4673/4673_texto_integral.doc" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4674/4674_texto_integral.doc" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4675/4675_texto_integral.doc" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4676/4676_texto_integral.doc" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4677/4677_texto_integral.doc" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4678/4678_texto_integral.doc" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4679/4679_texto_integral.doc" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4680/4680_texto_integral.doc" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4681/4681_texto_integral.doc" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4688/4688_texto_integral.doc" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4693/4693_texto_integral.doc" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4694/4694_texto_integral.doc" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4695/4695_texto_integral.doc" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4696/4696_texto_integral.doc" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4697/4697_texto_integral.doc" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4698/4698_texto_integral.doc" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4699/4699_texto_integral.doc" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4700/4700_texto_integral.doc" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4701/4701_texto_integral.doc" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4702/4702_texto_integral.doc" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4703/4703_texto_integral.doc" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4704/4704_texto_integral.doc" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4723/4723_texto_integral.doc" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4722/4722_texto_integral.doc" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4721/4721_texto_integral.doc" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4720/4720_texto_integral.doc" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4716/4716_texto_integral.doc" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4715/4715_texto_integral.doc" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4714/4714_texto_integral.doc" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4713/4713_texto_integral.doc" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4712/4712_texto_integral.doc" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4711/4711_texto_integral.doc" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4710/4710_texto_integral.doc" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4709/4709_texto_integral.doc" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4708/4708_texto_integral.doc" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4746/4746_texto_integral.doc" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4745/4745_texto_integral.doc" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4743/4743_texto_integral.doc" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4742/4742_texto_integral.doc" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4741/4741_texto_integral.doc" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4740/4740_texto_integral.doc" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4739/4739_texto_integral.doc" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4738/4738_texto_integral.doc" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4737/4737_texto_integral.doc" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4736/4736_texto_integral.doc" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4735/4735_texto_integral.doc" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4749/4749_texto_integral.doc" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4733/4733_texto_integral.doc" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4730/4730_texto_integral.docx" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4751/4751_texto_integral.doc" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4752/4752_texto_integral.doc" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4753/4753_texto_integral.doc" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4754/4754_texto_integral.doc" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4755/4755_texto_integral.doc" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4756/4756_texto_integral.doc" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4757/4757_texto_integral.doc" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4759/4759_texto_integral.docx" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4766/4766_texto_integral.doc" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4767/4767_texto_integral.doc" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4768/4768_texto_integral.doc" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4769/4769_texto_integral.doc" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4770/4770_texto_integral.doc" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4771/4771_texto_integral.doc" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4772/4772_texto_integral.doc" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4773/4773_texto_integral.doc" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4774/4774_texto_integral.doc" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4775/4775_texto_integral.doc" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4776/4776_texto_integral.doc" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4777/4777_texto_integral.doc" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4790/4790_texto_integral.docx" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4780/4780_texto_integral.doc" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4781/4781_texto_integral.doc" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4782/4782_texto_integral.doc" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4783/4783_texto_integral.doc" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4784/4784_texto_integral.doc" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4785/4785_texto_integral.doc" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4786/4786_texto_integral.doc" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4787/4787_texto_integral.doc" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4788/4788_texto_integral.doc" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4789/4789_texto_integral.doc" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4822/4822_texto_integral.doc" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4823/4823_texto_integral.doc" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4824/4824_texto_integral.doc" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4825/4825_texto_integral.doc" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4826/4826_texto_integral.doc" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4827/4827_texto_integral.doc" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4828/4828_texto_integral.doc" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4829/4829_texto_integral.doc" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4830/4830_texto_integral.doc" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4842/4842_texto_integral.doc" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4843/4843_texto_integral.doc" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4844/4844_texto_integral.doc" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4845/4845_texto_integral.doc" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4846/4846_texto_integral.doc" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4847/4847_texto_integral.doc" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4848/4848_texto_integral.doc" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4858/4858_texto_integral.doc" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4859/4859_texto_integral.doc" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4860/4860_texto_integral.doc" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4861/4861_texto_integral.doc" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4872/4872_texto_integral.doc" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4873/4873_texto_integral.doc" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4874/4874_texto_integral.doc" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4875/4875_texto_integral.doc" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4876/4876_texto_integral.doc" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4877/4877_texto_integral.doc" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4878/4878_texto_integral.doc" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4886/4886_texto_integral.docx" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4887/4887_texto_integral.docx" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4888/4888_texto_integral.docx" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4889/4889_texto_integral.docx" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4890/4890_texto_integral.docx" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4891/4891_texto_integral.docx" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4892/4892_texto_integral.docx" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4897/4897_texto_integral.docx" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4908/4908_texto_integral.docx" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4909/4909_texto_integral.docx" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4910/4910_texto_integral.docx" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4911/4911_texto_integral.docx" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4912/4912_texto_integral.docx" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4913/4913_texto_integral.docx" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4914/4914_texto_integral.docx" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4915/4915_texto_integral.docx" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4916/4916_texto_integral.docx" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4927/4927_texto_integral.docx" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4928/4928_texto_integral.docx" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4929/4929_texto_integral.docx" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4930/4930_texto_integral.docx" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4931/4931_texto_integral.docx" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4942/4942_texto_integral.docx" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4943/4943_texto_integral.docx" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4944/4944_texto_integral.docx" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4945/4945_texto_integral.docx" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4946/4946_texto_integral.docx" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4947/4947_texto_integral.docx" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4948/4948_texto_integral.docx" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4949/4949_texto_integral.docx" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4950/4950_texto_integral.docx" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4951/4951_texto_integral.docx" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4952/4952_texto_integral.docx" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4960/4960_texto_integral.docx" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4962/4962_texto_integral.docx" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4963/4963_texto_integral.docx" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4964/4964_texto_integral.docx" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4965/4965_texto_integral.docx" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4966/4966_texto_integral.docx" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4967/4967_texto_integral.docx" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4968/4968_texto_integral.docx" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4969/4969_texto_integral.docx" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4970/4970_texto_integral.docx" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4974/4974_texto_integral.docx" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4985/4985_texto_integral.docx" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4986/4986_texto_integral.docx" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4987/4987_texto_integral.docx" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4988/4988_texto_integral.docx" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4989/4989_texto_integral.docx" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4990/4990_texto_integral.docx" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4991/4991_texto_integral.docx" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4992/4992_texto_integral.docx" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4993/4993_texto_integral.docx" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4997/4997_texto_integral.docx" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4994/4994_texto_integral.docx" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4995/4995_texto_integral.docx" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4996/4996_texto_integral.docx" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4998/4998_texto_integral.docx" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4999/4999_texto_integral.docx" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5000/5000_texto_integral.docx" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5001/5001_texto_integral.docx" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5002/5002_texto_integral.docx" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5003/5003_texto_integral.docx" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5018/5018_texto_integral.docx" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5017/5017_texto_integral.docx" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5016/5016_texto_integral.docx" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5015/5015_texto_integral.docx" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5014/5014_texto_integral.docx" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5013/5013_texto_integral.docx" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5012/5012_texto_integral.docx" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5024/5024_texto_integral.docx" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5025/5025_texto_integral.docx" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5026/5026_texto_integral.docx" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5027/5027_texto_integral.docx" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5028/5028_texto_integral.docx" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5029/5029_texto_integral.docx" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5030/5030_texto_integral.docx" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5031/5031_texto_integral.docx" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4278/4278_texto_integral.docx" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4333/4333_texto_integral.docx" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4336/4336_texto_integral.docx" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4335/4335_texto_integral.docx" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4342/4342_texto_integral.docx" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4378/4378_texto_integral.doc" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4513/4513_texto_integral.docx" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4514/4514_texto_integral.docx" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4542/4542_texto_integral.doc" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4551/4551_texto_integral.docx" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4554/4554_texto_integral.doc" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4556/4556_texto_integral.doc" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4594/4594_texto_integral.docx" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4593/4593_texto_integral.docx" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4617/4617_texto_integral.docx" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4641/4641_texto_integral.docx" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4642/4642_texto_integral.docx" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4670/4670_texto_integral.doc" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4671/4671_texto_integral.docx" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4683/4683_texto_integral.docx" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4682/4682_texto_integral.doc" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4689/4689_texto_integral.docx" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4690/4690_texto_integral.docx" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4691/4691_texto_integral.docx" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4747/4747_texto_integral.docx" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4748/4748_texto_integral.docx" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4760/4760_texto_integral.docx" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4761/4761_texto_integral.doc" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4836/4836_texto_integral.docx" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4893/4893_texto_integral.docx" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4898/4898_texto_integral.docx" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4907/4907_texto_integral.docx" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4926/4926_texto_integral.docx" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4925/4925_texto_integral.docx" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4971/4971_texto_integral.docx" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4972/4972_texto_integral.docx" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5011/5011_texto_integral.docx" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5023/5023_texto_integral.docx" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4308/4308_texto_integral.docx" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4309/4309_texto_integral.docx" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4310/4310_texto_integral.docx" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4259/4259_texto_integral.docx" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4258/4258_texto_integral.docx" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4257/4257_texto_integral.docx" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4316/4316_texto_integral.docx" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4274/4274_texto_integral.docx" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4314/4314_texto_integral.docx" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4279/4279_texto_integral.doc" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4292/4292_texto_integral.docx" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4305/4305_texto_integral.docx" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4306/4306_texto_integral.docx" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4354/4354_texto_integral.docx" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4353/4353_texto_integral.docx" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4360/4360_texto_integral.docx" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4371/4371_texto_integral.docx" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4372/4372_texto_integral.docx" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4373/4373_texto_integral.docx" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4396/4396_texto_integral.docx" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4395/4395_texto_integral.docx" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4393/4393_texto_integral.docx" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4391/4391_texto_integral.docx" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4400/4400_texto_integral.docx" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4401/4401_texto_integral.docx" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4402/4402_texto_integral.docx" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4436/4436_texto_integral.docx" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4466/4466_texto_integral.docx" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4465/4465_texto_integral.doc" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4491/4491_texto_integral.docx" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4490/4490_texto_integral.docx" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4497/4497_texto_integral.docx" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4496/4496_texto_integral.docx" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4495/4495_texto_integral.docx" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4500/4500_texto_integral.doc" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4529/4529_texto_integral.doc" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4530/4530_texto_integral.docx" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4537/4537_texto_integral.docx" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4580/4580_texto_integral.docx" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4576/4576_texto_integral.docx" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4609/4609_texto_integral.docx" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4628/4628_texto_integral.docx" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4643/4643_texto_integral.docx" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4666/4666_texto_integral.docx" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4692/4692_texto_integral.docx" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4705/4705_texto_integral.doc" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4731/4731_texto_integral.docx" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4732/4732_texto_integral.docx" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4758/4758_texto_integral.doc" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4835/4835_texto_integral.docx" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4841/4841_texto_integral.docx" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4865/4865_texto_integral.docx" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4917/4917_texto_integral.docx" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4941/4941_texto_integral.docx" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4312/4312_texto_integral.doc" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4253/4253_texto_integral.docx" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4260/4260_texto_integral.docx" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4272/4272_texto_integral.doc" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4271/4271_texto_integral.docx" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4270/4270_texto_integral.docx" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4315/4315_texto_integral.docx" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4293/4293_texto_integral.doc" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4296/4296_texto_integral.doc" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4301/4301_texto_integral.docx" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4334/4334_texto_integral.doc" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4399/4399_texto_integral.docx" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4411/4411_texto_integral.docx" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4412/4412_texto_integral.docx" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4413/4413_texto_integral.docx" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4435/4435_texto_integral.docx" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4468/4468_texto_integral.docx" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4469/4469_texto_integral.doc" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4474/4474_texto_integral.docx" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4489/4489_texto_integral.docx" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4488/4488_texto_integral.docx" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4487/4487_texto_integral.docx" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4486/4486_texto_integral.docx" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4485/4485_texto_integral.docx" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4494/4494_texto_integral.docx" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4493/4493_texto_integral.docx" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4492/4492_texto_integral.docx" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4499/4499_texto_integral.doc" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4498/4498_texto_integral.doc" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4531/4531_texto_integral.docx" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4535/4535_texto_integral.docx" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4541/4541_texto_integral.doc" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4561/4561_texto_integral.docx" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4592/4592_texto_integral.docx" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4601/4601_texto_integral.doc" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4602/4602_texto_integral.doc" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4603/4603_texto_integral.doc" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4610/4610_texto_integral.docx" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4616/4616_texto_integral.docx" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4627/4627_texto_integral.docx" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4647/4647_texto_integral.docx" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4648/4648_texto_integral.docx" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4649/4649_texto_integral.doc" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4672/4672_texto_integral.docx" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4717/4717_texto_integral.doc" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4734/4734_texto_integral.doc" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4840/4840_texto_integral.docx" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4866/4866_texto_integral.docx" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4871/4871_texto_integral.doc" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4870/4870_texto_integral.doc" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4894/4894_texto_integral.docx" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4895/4895_texto_integral.docx" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4921/4921_texto_integral.docx" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4256/4256_texto_integral.docx" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4434/4434_texto_integral.doc" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4481/4481_texto_integral.doc" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4515/4515_texto_integral.doc" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4539/4539_texto_integral.doc" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4724/4724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4849/4849_texto_integral.doc" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4857/4857_texto_integral.doc" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4934/4934_texto_integral.doc" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4397/4397_texto_integral.docx" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4686/4686_texto_integral.doc" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4254/4254_texto_integral.docx" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4294/4294_texto_integral.doc" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4340/4340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4419/4419_texto_integral.doc" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4418/4418_texto_integral.doc" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4417/4417_texto_integral.doc" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4533/4533_texto_integral.doc" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4569/4569_texto_integral.docx" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4573/4573_texto_integral.docx" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4615/4615_texto_integral.docx" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4645/4645_texto_integral.docx" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4663/4663_texto_integral.docx" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4668/4668_texto_integral.docx" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4869/4869_texto_integral.docx" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4919/4919_texto_integral.docx" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4920/4920_texto_integral.docx" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4924/4924_texto_integral.docx" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4973/4973_texto_integral.docx" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4236/4236_texto_integral.doc" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4235/4235_texto_integral.doc" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4237/4237_texto_integral.doc" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4238/4238_texto_integral.doc" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4239/4239_texto_integral.doc" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4240/4240_texto_integral.doc" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4242/4242_texto_integral.doc" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4330/4330_texto_integral.doc" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4276/4276_texto_integral.doc" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4275/4275_texto_integral.doc" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4297/4297_texto_integral.doc" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4300/4300_texto_integral.doc" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4298/4298_texto_integral.doc" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4299/4299_texto_integral.doc" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4332/4332_texto_integral.doc" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4416/4416_texto_integral.doc" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4374/4374_texto_integral.doc" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4375/4375_texto_integral.doc" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4377/4377_texto_integral.doc" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4376/4376_texto_integral.doc" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4408/4408_texto_integral.doc" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4407/4407_texto_integral.doc" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4614/4614_texto_integral.doc" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4405/4405_texto_integral.doc" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4404/4404_texto_integral.doc" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4403/4403_texto_integral.doc" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4415/4415_texto_integral.doc" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4414/4414_texto_integral.doc" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4452/4452_texto_integral.doc" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4451/4451_texto_integral.doc" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4450/4450_texto_integral.doc" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4449/4449_texto_integral.doc" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4448/4448_texto_integral.doc" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4447/4447_texto_integral.doc" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4482/4482_texto_integral.doc" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4532/4532_texto_integral.doc" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4563/4563_texto_integral.doc" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4568/4568_texto_integral.doc" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4567/4567_texto_integral.doc" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4566/4566_texto_integral.doc" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4565/4565_texto_integral.doc" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4564/4564_texto_integral.doc" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4562/4562_texto_integral.doc" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4612/4612_texto_integral.doc" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4613/4613_texto_integral.doc" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4706/4706_texto_integral.doc" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4669/4669_texto_integral.doc" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4664/4664_texto_integral.doc" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4665/4665_texto_integral.doc" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4685/4685_texto_integral.doc" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4707/4707_texto_integral.doc" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4728/4728_texto_integral.doc" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4725/4725_texto_integral.doc" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4727/4727_texto_integral.zip" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4726/4726_texto_integral.doc" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4750/4750_texto_integral.doc" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4763/4763_texto_integral.doc" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4764/4764_texto_integral.doc" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4765/4765_texto_integral.doc" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4779/4779_texto_integral.doc" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4778/4778_texto_integral.doc" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4818/4818_texto_integral.doc" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4832/4832_texto_integral.doc" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4831/4831_texto_integral.doc" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4833/4833_texto_integral.doc" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4834/4834_texto_integral.doc" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4851/4851_texto_integral.doc" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4854/4854_texto_integral.doc" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4853/4853_texto_integral.doc" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4864/4864_texto_integral.doc" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4867/4867_texto_integral.doc" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4868/4868_texto_integral.doc" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4884/4884_texto_integral.doc" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4939/4939_texto_integral.doc" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4881/4881_texto_integral.doc" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4882/4882_texto_integral.doc" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4899/4899_texto_integral.doc" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4902/4902_texto_integral.doc" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4901/4901_texto_integral.doc" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4900/4900_texto_integral.doc" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4896/4896_texto_integral.doc" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4903/4903_texto_integral.doc" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4904/4904_texto_integral.doc" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4905/4905_texto_integral.doc" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4906/4906_texto_integral.doc" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5010/5010_texto_integral.doc" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4938/4938_texto_integral.doc" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4936/4936_texto_integral.doc" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4937/4937_texto_integral.doc" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4940/4940_texto_integral.doc" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4954/4954_texto_integral.doc" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4955/4955_texto_integral.doc" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4956/4956_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4957/4957_texto_integral.doc" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4958/4958_texto_integral.doc" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4959/4959_texto_integral.doc" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4976/4976_texto_integral.doc" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4977/4977_texto_integral.doc" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4978/4978_texto_integral.doc" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4979/4979_texto_integral.doc" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4980/4980_texto_integral.doc" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4981/4981_texto_integral.doc" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4982/4982_texto_integral.doc" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4983/4983_texto_integral.zip" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4984/4984_texto_integral.zip" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5004/5004_texto_integral.doc" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5005/5005_texto_integral.doc" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5006/5006_texto_integral.doc" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5019/5019_texto_integral.doc" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5021/5021_texto_integral.doc" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5034/5034_texto_integral.doc" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5036/5036_texto_integral.doc" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5039/5039_texto_integral.doc" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5038/5038_texto_integral.doc" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5040/5040_texto_integral.doc" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4277/4277_texto_integral.doc" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4341/4341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4540/4540_texto_integral.docx" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4850/4850_texto_integral.docx" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4933/4933_texto_integral.docx" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5035/5035_texto_integral.docx" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4241/4241_texto_integral.docx" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4302/4302_texto_integral.doc" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4307/4307_texto_integral.doc" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4359/4359_texto_integral.docx" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4379/4379_texto_integral.docx" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4536/4536_texto_integral.docx" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4538/4538_texto_integral.doc" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4605/4605_texto_integral.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4791/4791_texto_integral.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4792/4792_texto_integral.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4793/4793_texto_integral.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4794/4794_texto_integral.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4795/4795_texto_integral.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4796/4796_texto_integral.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4797/4797_texto_integral.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4798/4798_texto_integral.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4799/4799_texto_integral.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4800/4800_texto_integral.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4801/4801_texto_integral.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4802/4802_texto_integral.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4803/4803_texto_integral.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4804/4804_texto_integral.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4805/4805_texto_integral.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4806/4806_texto_integral.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4816/4816_texto_integral.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4807/4807_texto_integral.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4808/4808_texto_integral.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4809/4809_texto_integral.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4810/4810_texto_integral.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4811/4811_texto_integral.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4812/4812_texto_integral.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4813/4813_texto_integral.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4814/4814_texto_integral.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4815/4815_texto_integral.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4355/4355_texto_integral.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4356/4356_texto_integral.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4337/4337_texto_integral.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4357/4357_texto_integral.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4358/4358_texto_integral.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4453/4453_texto_integral.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4458/4458_texto_integral.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4455/4455_texto_integral.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4459/4459_texto_integral.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4456/4456_texto_integral.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4483/4483_texto_integral.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4512/4512_texto_integral.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4552/4552_texto_integral.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4553/4553_texto_integral.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4572/4572_texto_integral.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4606/4606_texto_integral.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4607/4607_texto_integral.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4608/4608_texto_integral.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4632/4632_texto_integral.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4634/4634_texto_integral.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4667/4667_texto_integral.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4687/4687_texto_integral.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4718/4718_texto_integral.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4719/4719_texto_integral.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4762/4762_texto_integral.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4817/4817_texto_integral.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4819/4819_texto_integral.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4820/4820_texto_integral.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4821/4821_texto_integral.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4837/4837_texto_integral.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4838/4838_texto_integral.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4839/4839_texto_integral.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4855/4855_texto_integral.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4856/4856_texto_integral.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4862/4862_texto_integral.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4863/4863_texto_integral.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4879/4879_texto_integral.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4880/4880_texto_integral.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4885/4885_texto_integral.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4918/4918_texto_integral.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4922/4922_texto_integral.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4932/4932_texto_integral.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4935/4935_texto_integral.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4953/4953_texto_integral.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4975/4975_texto_integral.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5007/5007_texto_integral.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5008/5008_texto_integral.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5009/5009_texto_integral.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5020/5020_texto_integral.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5032/5032_texto_integral.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5033/5033_texto_integral.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4313/4313_texto_integral.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4252/4252_texto_integral.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4251/4251_texto_integral.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4250/4250_texto_integral.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4249/4249_texto_integral.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4248/4248_texto_integral.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4247/4247_texto_integral.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4246/4246_texto_integral.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4245/4245_texto_integral.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4244/4244_texto_integral.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4255/4255_texto_integral.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4273/4273_texto_integral.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4269/4269_texto_integral.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4268/4268_texto_integral.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4267/4267_texto_integral.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4266/4266_texto_integral.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4265/4265_texto_integral.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4264/4264_texto_integral.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4263/4263_texto_integral.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4262/4262_texto_integral.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4261/4261_texto_integral.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4280/4280_texto_integral.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4281/4281_texto_integral.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4282/4282_texto_integral.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4283/4283_texto_integral.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4284/4284_texto_integral.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4285/4285_texto_integral.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4286/4286_texto_integral.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4287/4287_texto_integral.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4291/4291_texto_integral.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4290/4290_texto_integral.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4289/4289_texto_integral.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4288/4288_texto_integral.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4295/4295_texto_integral.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4317/4317_texto_integral.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4318/4318_texto_integral.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4319/4319_texto_integral.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4320/4320_texto_integral.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4321/4321_texto_integral.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4322/4322_texto_integral.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4323/4323_texto_integral.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4324/4324_texto_integral.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4325/4325_texto_integral.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4326/4326_texto_integral.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4327/4327_texto_integral.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4328/4328_texto_integral.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4329/4329_texto_integral.doc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4352/4352_texto_integral.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4351/4351_texto_integral.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4350/4350_texto_integral.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4349/4349_texto_integral.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4348/4348_texto_integral.doc" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4347/4347_texto_integral.doc" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4346/4346_texto_integral.doc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4345/4345_texto_integral.doc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4344/4344_texto_integral.doc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4343/4343_texto_integral.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4361/4361_texto_integral.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4362/4362_texto_integral.doc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4363/4363_texto_integral.doc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4364/4364_texto_integral.doc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4365/4365_texto_integral.doc" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4370/4370_texto_integral.doc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4369/4369_texto_integral.doc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4368/4368_texto_integral.doc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4366/4366_texto_integral.doc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4380/4380_texto_integral.doc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4381/4381_texto_integral.doc" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4382/4382_texto_integral.doc" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4383/4383_texto_integral.doc" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4384/4384_texto_integral.doc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4388/4388_texto_integral.doc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4392/4392_texto_integral.doc" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4394/4394_texto_integral.doc" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4385/4385_texto_integral.doc" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4386/4386_texto_integral.doc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4387/4387_texto_integral.doc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4389/4389_texto_integral.doc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4390/4390_texto_integral.doc" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4409/4409_texto_integral.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4410/4410_texto_integral.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4433/4433_texto_integral.doc" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4432/4432_texto_integral.doc" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4431/4431_texto_integral.doc" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4430/4430_texto_integral.doc" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4429/4429_texto_integral.doc" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4428/4428_texto_integral.doc" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4427/4427_texto_integral.doc" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4426/4426_texto_integral.doc" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4425/4425_texto_integral.doc" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4424/4424_texto_integral.doc" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4423/4423_texto_integral.doc" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4422/4422_texto_integral.doc" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4421/4421_texto_integral.doc" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4420/4420_texto_integral.doc" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4446/4446_texto_integral.doc" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4437/4437_texto_integral.doc" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4438/4438_texto_integral.doc" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4439/4439_texto_integral.doc" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4440/4440_texto_integral.doc" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4441/4441_texto_integral.doc" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4442/4442_texto_integral.doc" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4443/4443_texto_integral.doc" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4444/4444_texto_integral.doc" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4445/4445_texto_integral.doc" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4460/4460_texto_integral.doc" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4461/4461_texto_integral.doc" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4462/4462_texto_integral.doc" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4463/4463_texto_integral.doc" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4464/4464_texto_integral.doc" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4467/4467_texto_integral.doc" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4470/4470_texto_integral.doc" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4471/4471_texto_integral.doc" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4472/4472_texto_integral.doc" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4473/4473_texto_integral.docx" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4475/4475_texto_integral.doc" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4476/4476_texto_integral.doc" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4477/4477_texto_integral.doc" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4478/4478_texto_integral.doc" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4479/4479_texto_integral.doc" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4480/4480_texto_integral.doc" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4484/4484_texto_integral.doc" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4511/4511_texto_integral.doc" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4510/4510_texto_integral.doc" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4509/4509_texto_integral.doc" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4508/4508_texto_integral.doc" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4507/4507_texto_integral.doc" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4506/4506_texto_integral.doc" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4505/4505_texto_integral.doc" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4504/4504_texto_integral.doc" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4503/4503_texto_integral.doc" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4502/4502_texto_integral.doc" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4501/4501_texto_integral.doc" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4516/4516_texto_integral.doc" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4517/4517_texto_integral.doc" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4518/4518_texto_integral.doc" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4519/4519_texto_integral.doc" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4520/4520_texto_integral.doc" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4521/4521_texto_integral.doc" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4522/4522_texto_integral.doc" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4523/4523_texto_integral.doc" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4524/4524_texto_integral.doc" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4525/4525_texto_integral.doc" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4526/4526_texto_integral.doc" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4527/4527_texto_integral.doc" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4528/4528_texto_integral.doc" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4534/4534_texto_integral.docx" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4543/4543_texto_integral.doc" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4544/4544_texto_integral.doc" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4545/4545_texto_integral.doc" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4546/4546_texto_integral.doc" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4547/4547_texto_integral.doc" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4548/4548_texto_integral.doc" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4549/4549_texto_integral.doc" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4550/4550_texto_integral.doc" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4555/4555_texto_integral.doc" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4560/4560_texto_integral.doc" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4559/4559_texto_integral.doc" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4557/4557_texto_integral.doc" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4558/4558_texto_integral.doc" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4571/4571_texto_integral.doc" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4570/4570_texto_integral.doc" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4574/4574_texto_integral.docx" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4575/4575_texto_integral.docx" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4577/4577_texto_integral.doc" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4578/4578_texto_integral.doc" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4579/4579_texto_integral.doc" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4590/4590_texto_integral.doc" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4591/4591_texto_integral.doc" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4589/4589_texto_integral.doc" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4588/4588_texto_integral.doc" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4587/4587_texto_integral.doc" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4586/4586_texto_integral.doc" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4585/4585_texto_integral.doc" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4584/4584_texto_integral.doc" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4583/4583_texto_integral.doc" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4582/4582_texto_integral.doc" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4581/4581_texto_integral.doc" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4595/4595_texto_integral.docx" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4596/4596_texto_integral.doc" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4604/4604_texto_integral.doc" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4597/4597_texto_integral.doc" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4598/4598_texto_integral.doc" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4599/4599_texto_integral.doc" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4600/4600_texto_integral.doc" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4611/4611_texto_integral.docx" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4621/4621_texto_integral.doc" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4620/4620_texto_integral.doc" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4619/4619_texto_integral.doc" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4618/4618_texto_integral.doc" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4622/4622_texto_integral.doc" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4623/4623_texto_integral.doc" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4624/4624_texto_integral.doc" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4625/4625_texto_integral.doc" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4626/4626_texto_integral.doc" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4629/4629_texto_integral.doc" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4630/4630_texto_integral.doc" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4631/4631_texto_integral.doc" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4633/4633_texto_integral.doc" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4635/4635_texto_integral.doc" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4636/4636_texto_integral.doc" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4637/4637_texto_integral.doc" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4638/4638_texto_integral.doc" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4639/4639_texto_integral.doc" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4640/4640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4646/4646_texto_integral.docx" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4650/4650_texto_integral.doc" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4651/4651_texto_integral.doc" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4652/4652_texto_integral.doc" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4653/4653_texto_integral.doc" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4654/4654_texto_integral.doc" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4655/4655_texto_integral.doc" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4656/4656_texto_integral.doc" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4657/4657_texto_integral.doc" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4658/4658_texto_integral.doc" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4659/4659_texto_integral.doc" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4660/4660_texto_integral.doc" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4661/4661_texto_integral.doc" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4662/4662_texto_integral.doc" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4673/4673_texto_integral.doc" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4674/4674_texto_integral.doc" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4675/4675_texto_integral.doc" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4676/4676_texto_integral.doc" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4677/4677_texto_integral.doc" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4678/4678_texto_integral.doc" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4679/4679_texto_integral.doc" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4680/4680_texto_integral.doc" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4681/4681_texto_integral.doc" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4688/4688_texto_integral.doc" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4693/4693_texto_integral.doc" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4694/4694_texto_integral.doc" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4695/4695_texto_integral.doc" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4696/4696_texto_integral.doc" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4697/4697_texto_integral.doc" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4698/4698_texto_integral.doc" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4699/4699_texto_integral.doc" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4700/4700_texto_integral.doc" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4701/4701_texto_integral.doc" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4702/4702_texto_integral.doc" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4703/4703_texto_integral.doc" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4704/4704_texto_integral.doc" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4723/4723_texto_integral.doc" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4722/4722_texto_integral.doc" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4721/4721_texto_integral.doc" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4720/4720_texto_integral.doc" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4716/4716_texto_integral.doc" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4715/4715_texto_integral.doc" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4714/4714_texto_integral.doc" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4713/4713_texto_integral.doc" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4712/4712_texto_integral.doc" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4711/4711_texto_integral.doc" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4710/4710_texto_integral.doc" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4709/4709_texto_integral.doc" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4708/4708_texto_integral.doc" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4746/4746_texto_integral.doc" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4745/4745_texto_integral.doc" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4743/4743_texto_integral.doc" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4742/4742_texto_integral.doc" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4741/4741_texto_integral.doc" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4740/4740_texto_integral.doc" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4739/4739_texto_integral.doc" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4738/4738_texto_integral.doc" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4737/4737_texto_integral.doc" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4736/4736_texto_integral.doc" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4735/4735_texto_integral.doc" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4749/4749_texto_integral.doc" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4733/4733_texto_integral.doc" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4730/4730_texto_integral.docx" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4751/4751_texto_integral.doc" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4752/4752_texto_integral.doc" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4753/4753_texto_integral.doc" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4754/4754_texto_integral.doc" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4755/4755_texto_integral.doc" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4756/4756_texto_integral.doc" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4757/4757_texto_integral.doc" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4759/4759_texto_integral.docx" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4766/4766_texto_integral.doc" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4767/4767_texto_integral.doc" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4768/4768_texto_integral.doc" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4769/4769_texto_integral.doc" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4770/4770_texto_integral.doc" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4771/4771_texto_integral.doc" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4772/4772_texto_integral.doc" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4773/4773_texto_integral.doc" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4774/4774_texto_integral.doc" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4775/4775_texto_integral.doc" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4776/4776_texto_integral.doc" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4777/4777_texto_integral.doc" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4790/4790_texto_integral.docx" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4780/4780_texto_integral.doc" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4781/4781_texto_integral.doc" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4782/4782_texto_integral.doc" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4783/4783_texto_integral.doc" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4784/4784_texto_integral.doc" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4785/4785_texto_integral.doc" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4786/4786_texto_integral.doc" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4787/4787_texto_integral.doc" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4788/4788_texto_integral.doc" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4789/4789_texto_integral.doc" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4822/4822_texto_integral.doc" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4823/4823_texto_integral.doc" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4824/4824_texto_integral.doc" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4825/4825_texto_integral.doc" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4826/4826_texto_integral.doc" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4827/4827_texto_integral.doc" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4828/4828_texto_integral.doc" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4829/4829_texto_integral.doc" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4830/4830_texto_integral.doc" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4842/4842_texto_integral.doc" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4843/4843_texto_integral.doc" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4844/4844_texto_integral.doc" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4845/4845_texto_integral.doc" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4846/4846_texto_integral.doc" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4847/4847_texto_integral.doc" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4848/4848_texto_integral.doc" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4858/4858_texto_integral.doc" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4859/4859_texto_integral.doc" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4860/4860_texto_integral.doc" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4861/4861_texto_integral.doc" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4872/4872_texto_integral.doc" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4873/4873_texto_integral.doc" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4874/4874_texto_integral.doc" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4875/4875_texto_integral.doc" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4876/4876_texto_integral.doc" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4877/4877_texto_integral.doc" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4878/4878_texto_integral.doc" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4886/4886_texto_integral.docx" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4887/4887_texto_integral.docx" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4888/4888_texto_integral.docx" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4889/4889_texto_integral.docx" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4890/4890_texto_integral.docx" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4891/4891_texto_integral.docx" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4892/4892_texto_integral.docx" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4897/4897_texto_integral.docx" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4908/4908_texto_integral.docx" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4909/4909_texto_integral.docx" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4910/4910_texto_integral.docx" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4911/4911_texto_integral.docx" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4912/4912_texto_integral.docx" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4913/4913_texto_integral.docx" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4914/4914_texto_integral.docx" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4915/4915_texto_integral.docx" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4916/4916_texto_integral.docx" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4927/4927_texto_integral.docx" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4928/4928_texto_integral.docx" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4929/4929_texto_integral.docx" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4930/4930_texto_integral.docx" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4931/4931_texto_integral.docx" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4942/4942_texto_integral.docx" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4943/4943_texto_integral.docx" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4944/4944_texto_integral.docx" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4945/4945_texto_integral.docx" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4946/4946_texto_integral.docx" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4947/4947_texto_integral.docx" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4948/4948_texto_integral.docx" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4949/4949_texto_integral.docx" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4950/4950_texto_integral.docx" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4951/4951_texto_integral.docx" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4952/4952_texto_integral.docx" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4960/4960_texto_integral.docx" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4962/4962_texto_integral.docx" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4963/4963_texto_integral.docx" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4964/4964_texto_integral.docx" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4965/4965_texto_integral.docx" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4966/4966_texto_integral.docx" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4967/4967_texto_integral.docx" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4968/4968_texto_integral.docx" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4969/4969_texto_integral.docx" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4970/4970_texto_integral.docx" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4974/4974_texto_integral.docx" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4985/4985_texto_integral.docx" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4986/4986_texto_integral.docx" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4987/4987_texto_integral.docx" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4988/4988_texto_integral.docx" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4989/4989_texto_integral.docx" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4990/4990_texto_integral.docx" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4991/4991_texto_integral.docx" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4992/4992_texto_integral.docx" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4993/4993_texto_integral.docx" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4997/4997_texto_integral.docx" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4994/4994_texto_integral.docx" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4995/4995_texto_integral.docx" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4996/4996_texto_integral.docx" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4998/4998_texto_integral.docx" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4999/4999_texto_integral.docx" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5000/5000_texto_integral.docx" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5001/5001_texto_integral.docx" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5002/5002_texto_integral.docx" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5003/5003_texto_integral.docx" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5018/5018_texto_integral.docx" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5017/5017_texto_integral.docx" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5016/5016_texto_integral.docx" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5015/5015_texto_integral.docx" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5014/5014_texto_integral.docx" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5013/5013_texto_integral.docx" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5012/5012_texto_integral.docx" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5024/5024_texto_integral.docx" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5025/5025_texto_integral.docx" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5026/5026_texto_integral.docx" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5027/5027_texto_integral.docx" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5028/5028_texto_integral.docx" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5029/5029_texto_integral.docx" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5030/5030_texto_integral.docx" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5031/5031_texto_integral.docx" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4278/4278_texto_integral.docx" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4333/4333_texto_integral.docx" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4336/4336_texto_integral.docx" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4335/4335_texto_integral.docx" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4342/4342_texto_integral.docx" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4378/4378_texto_integral.doc" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4513/4513_texto_integral.docx" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4514/4514_texto_integral.docx" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4542/4542_texto_integral.doc" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4551/4551_texto_integral.docx" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4554/4554_texto_integral.doc" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4556/4556_texto_integral.doc" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4594/4594_texto_integral.docx" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4593/4593_texto_integral.docx" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4617/4617_texto_integral.docx" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4641/4641_texto_integral.docx" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4642/4642_texto_integral.docx" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4670/4670_texto_integral.doc" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4671/4671_texto_integral.docx" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4683/4683_texto_integral.docx" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4682/4682_texto_integral.doc" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4689/4689_texto_integral.docx" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4690/4690_texto_integral.docx" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4691/4691_texto_integral.docx" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4747/4747_texto_integral.docx" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4748/4748_texto_integral.docx" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4760/4760_texto_integral.docx" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4761/4761_texto_integral.doc" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4836/4836_texto_integral.docx" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4893/4893_texto_integral.docx" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4898/4898_texto_integral.docx" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4907/4907_texto_integral.docx" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4926/4926_texto_integral.docx" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4925/4925_texto_integral.docx" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4971/4971_texto_integral.docx" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4972/4972_texto_integral.docx" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5011/5011_texto_integral.docx" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5023/5023_texto_integral.docx" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4308/4308_texto_integral.docx" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4309/4309_texto_integral.docx" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4310/4310_texto_integral.docx" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4259/4259_texto_integral.docx" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4258/4258_texto_integral.docx" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4257/4257_texto_integral.docx" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4316/4316_texto_integral.docx" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4274/4274_texto_integral.docx" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4314/4314_texto_integral.docx" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4279/4279_texto_integral.doc" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4292/4292_texto_integral.docx" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4305/4305_texto_integral.docx" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4306/4306_texto_integral.docx" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4354/4354_texto_integral.docx" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4353/4353_texto_integral.docx" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4360/4360_texto_integral.docx" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4371/4371_texto_integral.docx" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4372/4372_texto_integral.docx" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4373/4373_texto_integral.docx" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4396/4396_texto_integral.docx" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4395/4395_texto_integral.docx" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4393/4393_texto_integral.docx" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4391/4391_texto_integral.docx" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4400/4400_texto_integral.docx" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4401/4401_texto_integral.docx" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4402/4402_texto_integral.docx" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4436/4436_texto_integral.docx" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4466/4466_texto_integral.docx" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4465/4465_texto_integral.doc" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4491/4491_texto_integral.docx" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4490/4490_texto_integral.docx" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4497/4497_texto_integral.docx" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4496/4496_texto_integral.docx" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4495/4495_texto_integral.docx" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4500/4500_texto_integral.doc" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4529/4529_texto_integral.doc" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4530/4530_texto_integral.docx" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4537/4537_texto_integral.docx" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4580/4580_texto_integral.docx" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4576/4576_texto_integral.docx" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4609/4609_texto_integral.docx" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4628/4628_texto_integral.docx" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4643/4643_texto_integral.docx" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4666/4666_texto_integral.docx" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4692/4692_texto_integral.docx" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4705/4705_texto_integral.doc" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4731/4731_texto_integral.docx" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4732/4732_texto_integral.docx" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4758/4758_texto_integral.doc" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4835/4835_texto_integral.docx" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4841/4841_texto_integral.docx" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4865/4865_texto_integral.docx" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4917/4917_texto_integral.docx" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4941/4941_texto_integral.docx" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4312/4312_texto_integral.doc" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4253/4253_texto_integral.docx" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4260/4260_texto_integral.docx" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4272/4272_texto_integral.doc" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4271/4271_texto_integral.docx" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4270/4270_texto_integral.docx" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4315/4315_texto_integral.docx" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4293/4293_texto_integral.doc" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4296/4296_texto_integral.doc" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4301/4301_texto_integral.docx" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4334/4334_texto_integral.doc" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4399/4399_texto_integral.docx" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4411/4411_texto_integral.docx" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4412/4412_texto_integral.docx" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4413/4413_texto_integral.docx" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4435/4435_texto_integral.docx" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4468/4468_texto_integral.docx" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4469/4469_texto_integral.doc" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4474/4474_texto_integral.docx" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4489/4489_texto_integral.docx" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4488/4488_texto_integral.docx" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4487/4487_texto_integral.docx" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4486/4486_texto_integral.docx" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4485/4485_texto_integral.docx" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4494/4494_texto_integral.docx" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4493/4493_texto_integral.docx" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4492/4492_texto_integral.docx" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4499/4499_texto_integral.doc" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4498/4498_texto_integral.doc" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4531/4531_texto_integral.docx" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4535/4535_texto_integral.docx" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4541/4541_texto_integral.doc" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4561/4561_texto_integral.docx" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4592/4592_texto_integral.docx" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4601/4601_texto_integral.doc" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4602/4602_texto_integral.doc" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4603/4603_texto_integral.doc" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4610/4610_texto_integral.docx" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4616/4616_texto_integral.docx" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4627/4627_texto_integral.docx" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4647/4647_texto_integral.docx" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4648/4648_texto_integral.docx" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4649/4649_texto_integral.doc" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4672/4672_texto_integral.docx" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4717/4717_texto_integral.doc" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4734/4734_texto_integral.doc" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4840/4840_texto_integral.docx" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4866/4866_texto_integral.docx" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4871/4871_texto_integral.doc" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4870/4870_texto_integral.doc" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4894/4894_texto_integral.docx" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4895/4895_texto_integral.docx" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4921/4921_texto_integral.docx" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4256/4256_texto_integral.docx" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4434/4434_texto_integral.doc" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4481/4481_texto_integral.doc" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4515/4515_texto_integral.doc" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4539/4539_texto_integral.doc" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4724/4724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4849/4849_texto_integral.doc" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4857/4857_texto_integral.doc" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4934/4934_texto_integral.doc" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4397/4397_texto_integral.docx" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4686/4686_texto_integral.doc" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4254/4254_texto_integral.docx" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4294/4294_texto_integral.doc" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4340/4340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4419/4419_texto_integral.doc" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4418/4418_texto_integral.doc" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4417/4417_texto_integral.doc" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4533/4533_texto_integral.doc" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4569/4569_texto_integral.docx" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4573/4573_texto_integral.docx" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4615/4615_texto_integral.docx" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4645/4645_texto_integral.docx" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4663/4663_texto_integral.docx" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4668/4668_texto_integral.docx" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4869/4869_texto_integral.docx" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4919/4919_texto_integral.docx" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4920/4920_texto_integral.docx" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4924/4924_texto_integral.docx" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4973/4973_texto_integral.docx" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4236/4236_texto_integral.doc" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4235/4235_texto_integral.doc" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4237/4237_texto_integral.doc" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4238/4238_texto_integral.doc" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4239/4239_texto_integral.doc" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4240/4240_texto_integral.doc" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4242/4242_texto_integral.doc" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4330/4330_texto_integral.doc" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4276/4276_texto_integral.doc" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4275/4275_texto_integral.doc" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4297/4297_texto_integral.doc" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4300/4300_texto_integral.doc" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4298/4298_texto_integral.doc" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4299/4299_texto_integral.doc" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4332/4332_texto_integral.doc" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4416/4416_texto_integral.doc" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4374/4374_texto_integral.doc" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4375/4375_texto_integral.doc" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4377/4377_texto_integral.doc" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4376/4376_texto_integral.doc" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4408/4408_texto_integral.doc" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4407/4407_texto_integral.doc" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4614/4614_texto_integral.doc" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4405/4405_texto_integral.doc" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4404/4404_texto_integral.doc" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4403/4403_texto_integral.doc" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4415/4415_texto_integral.doc" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4414/4414_texto_integral.doc" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4452/4452_texto_integral.doc" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4451/4451_texto_integral.doc" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4450/4450_texto_integral.doc" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4449/4449_texto_integral.doc" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4448/4448_texto_integral.doc" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4447/4447_texto_integral.doc" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4482/4482_texto_integral.doc" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4532/4532_texto_integral.doc" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4563/4563_texto_integral.doc" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4568/4568_texto_integral.doc" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4567/4567_texto_integral.doc" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4566/4566_texto_integral.doc" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4565/4565_texto_integral.doc" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4564/4564_texto_integral.doc" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4562/4562_texto_integral.doc" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4612/4612_texto_integral.doc" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4613/4613_texto_integral.doc" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4706/4706_texto_integral.doc" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4669/4669_texto_integral.doc" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4664/4664_texto_integral.doc" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4665/4665_texto_integral.doc" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4685/4685_texto_integral.doc" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4707/4707_texto_integral.doc" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4728/4728_texto_integral.doc" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4725/4725_texto_integral.doc" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4727/4727_texto_integral.zip" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4726/4726_texto_integral.doc" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4750/4750_texto_integral.doc" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4763/4763_texto_integral.doc" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4764/4764_texto_integral.doc" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4765/4765_texto_integral.doc" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4779/4779_texto_integral.doc" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4778/4778_texto_integral.doc" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4818/4818_texto_integral.doc" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4832/4832_texto_integral.doc" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4831/4831_texto_integral.doc" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4833/4833_texto_integral.doc" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4834/4834_texto_integral.doc" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4851/4851_texto_integral.doc" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4854/4854_texto_integral.doc" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4853/4853_texto_integral.doc" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4864/4864_texto_integral.doc" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4867/4867_texto_integral.doc" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4868/4868_texto_integral.doc" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4884/4884_texto_integral.doc" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4939/4939_texto_integral.doc" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4881/4881_texto_integral.doc" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4882/4882_texto_integral.doc" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4899/4899_texto_integral.doc" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4902/4902_texto_integral.doc" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4901/4901_texto_integral.doc" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4900/4900_texto_integral.doc" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4896/4896_texto_integral.doc" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4903/4903_texto_integral.doc" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4904/4904_texto_integral.doc" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4905/4905_texto_integral.doc" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4906/4906_texto_integral.doc" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5010/5010_texto_integral.doc" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4938/4938_texto_integral.doc" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4936/4936_texto_integral.doc" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4937/4937_texto_integral.doc" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4940/4940_texto_integral.doc" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4954/4954_texto_integral.doc" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4955/4955_texto_integral.doc" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4956/4956_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4957/4957_texto_integral.doc" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4958/4958_texto_integral.doc" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4959/4959_texto_integral.doc" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4976/4976_texto_integral.doc" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4977/4977_texto_integral.doc" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4978/4978_texto_integral.doc" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4979/4979_texto_integral.doc" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4980/4980_texto_integral.doc" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4981/4981_texto_integral.doc" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4982/4982_texto_integral.doc" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4983/4983_texto_integral.zip" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4984/4984_texto_integral.zip" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5004/5004_texto_integral.doc" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5005/5005_texto_integral.doc" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5006/5006_texto_integral.doc" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5019/5019_texto_integral.doc" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5021/5021_texto_integral.doc" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5034/5034_texto_integral.doc" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5036/5036_texto_integral.doc" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5039/5039_texto_integral.doc" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5038/5038_texto_integral.doc" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5040/5040_texto_integral.doc" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4277/4277_texto_integral.doc" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4341/4341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4540/4540_texto_integral.docx" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4850/4850_texto_integral.docx" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4933/4933_texto_integral.docx" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/5035/5035_texto_integral.docx" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4241/4241_texto_integral.docx" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4302/4302_texto_integral.doc" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4307/4307_texto_integral.doc" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4359/4359_texto_integral.docx" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4379/4379_texto_integral.docx" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4536/4536_texto_integral.docx" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4538/4538_texto_integral.doc" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.canela.rs.leg.br/media/./sapl/public/materialegislativa/2016/4605/4605_texto_integral.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H788"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="50.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="93.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="92.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>